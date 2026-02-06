--- v0 (2025-10-21)
+++ v1 (2026-02-06)
@@ -158,162 +158,162 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A54E60" w:rsidRPr="004F57B0" w14:paraId="1319F64D" w14:textId="77777777" w:rsidTr="009B7F45">
         <w:trPr>
           <w:trHeight w:val="64"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10065" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
           <w:p w14:paraId="2BEBE0C0" w14:textId="77777777" w:rsidR="00A54E60" w:rsidRPr="004F57B0" w:rsidRDefault="00A54E60" w:rsidP="00A54E60">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A54E60" w:rsidRPr="009E45B7" w14:paraId="29DB5868" w14:textId="77777777" w:rsidTr="001F1EC9">
+      <w:tr w:rsidR="00CF6E97" w:rsidRPr="009E45B7" w14:paraId="29DB5868" w14:textId="77777777" w:rsidTr="001F1EC9">
         <w:trPr>
           <w:trHeight w:val="225"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6293" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="660AA590" w14:textId="4EE3B012" w:rsidR="00A54E60" w:rsidRPr="009E45B7" w:rsidRDefault="00A54E60" w:rsidP="00A54E60">
+          <w:p w14:paraId="660AA590" w14:textId="741B131E" w:rsidR="00CF6E97" w:rsidRPr="009E45B7" w:rsidRDefault="00CF6E97" w:rsidP="00CF6E97">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="5517"/>
               </w:tabs>
               <w:ind w:right="560"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>9.19</w:t>
+              <w:t>10.23</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>금</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">) ~ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>9. 21</w:t>
+              <w:t>10. 25</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">(일), </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">KINTEX  </w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
@@ -365,101 +365,101 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>korea</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3772" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="417E6AFE" w14:textId="19553A5E" w:rsidR="00A54E60" w:rsidRPr="009E45B7" w:rsidRDefault="00A54E60" w:rsidP="00A54E60">
+          <w:p w14:paraId="417E6AFE" w14:textId="5A7AFD31" w:rsidR="00CF6E97" w:rsidRPr="009E45B7" w:rsidRDefault="00CF6E97" w:rsidP="00CF6E97">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3581"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>제출기한 :</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>2025.8.21(목)</w:t>
+              <w:t>2026.9.24(목)</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>까지</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5EDB6838" w14:textId="77777777" w:rsidR="00E026DA" w:rsidRDefault="004F57B0" w:rsidP="00E026DA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:snapToGrid w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -956,51 +956,50 @@
             <w:r w:rsidRPr="004F57B0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F57B0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>자</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3458" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71025FF8" w14:textId="77777777" w:rsidR="004F57B0" w:rsidRPr="00271565" w:rsidRDefault="004F57B0" w:rsidP="004F57B0">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03289EEA" w14:textId="77777777" w:rsidR="004F57B0" w:rsidRPr="004F57B0" w:rsidRDefault="004F57B0" w:rsidP="004F57B0">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -1106,51 +1105,50 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>락</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="004F57B0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 처</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3458" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FE09F67" w14:textId="77777777" w:rsidR="004F57B0" w:rsidRPr="00271565" w:rsidRDefault="004F57B0" w:rsidP="004F57B0">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="374FDA21" w14:textId="77777777" w:rsidR="004F57B0" w:rsidRPr="004F57B0" w:rsidRDefault="004F57B0" w:rsidP="004F57B0">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
@@ -3018,78 +3016,78 @@
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="2731"/>
       </w:tblGrid>
       <w:tr w:rsidR="00746011" w:rsidRPr="0049304F" w14:paraId="479447B3" w14:textId="77777777" w:rsidTr="00344483">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2FD4F5D9" w14:textId="77777777" w:rsidR="00746011" w:rsidRPr="0049304F" w:rsidRDefault="00746011" w:rsidP="00344483">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2731" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17E85868" w14:textId="77777777" w:rsidR="00746011" w:rsidRPr="0049304F" w:rsidRDefault="00746011" w:rsidP="00344483">
+          <w:p w14:paraId="17E85868" w14:textId="59E6CEF6" w:rsidR="00746011" w:rsidRPr="0049304F" w:rsidRDefault="00746011" w:rsidP="00344483">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00CF6E97">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="0049304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0049304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>년</w:t>
             </w:r>
             <w:r w:rsidRPr="0049304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
@@ -3481,162 +3479,162 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A54E60" w:rsidRPr="004F57B0" w14:paraId="56EC1DA9" w14:textId="77777777" w:rsidTr="00493238">
         <w:trPr>
           <w:trHeight w:val="64"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10065" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
           <w:p w14:paraId="48148982" w14:textId="77777777" w:rsidR="00A54E60" w:rsidRPr="004F57B0" w:rsidRDefault="00A54E60" w:rsidP="00A54E60">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A54E60" w:rsidRPr="004F57B0" w14:paraId="63790FAA" w14:textId="77777777" w:rsidTr="00493238">
+      <w:tr w:rsidR="00643859" w:rsidRPr="004F57B0" w14:paraId="63790FAA" w14:textId="77777777" w:rsidTr="00493238">
         <w:trPr>
           <w:trHeight w:val="225"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6293" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3B3AC9A4" w14:textId="6F15B0AC" w:rsidR="00A54E60" w:rsidRPr="009E45B7" w:rsidRDefault="00A54E60" w:rsidP="00A54E60">
+          <w:p w14:paraId="3B3AC9A4" w14:textId="33D219DA" w:rsidR="00643859" w:rsidRPr="009E45B7" w:rsidRDefault="00643859" w:rsidP="00643859">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="5517"/>
               </w:tabs>
               <w:ind w:right="560"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>9.19</w:t>
+              <w:t>10.23</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>금</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">) ~ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>9. 21</w:t>
+              <w:t>10. 25</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">(일), </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">KINTEX  </w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
@@ -3688,101 +3686,101 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>korea</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3772" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59566BF9" w14:textId="4478B108" w:rsidR="00A54E60" w:rsidRPr="009E45B7" w:rsidRDefault="00A54E60" w:rsidP="00A54E60">
+          <w:p w14:paraId="59566BF9" w14:textId="2B846DB3" w:rsidR="00643859" w:rsidRPr="009E45B7" w:rsidRDefault="00643859" w:rsidP="00643859">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3581"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>제출기한 :</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>2025.8.21(목)</w:t>
+              <w:t>2026.9.24(목)</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>까지</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="365ACF4A" w14:textId="77777777" w:rsidR="00506237" w:rsidRPr="00E026DA" w:rsidRDefault="00506237" w:rsidP="00506237">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:snapToGrid w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -4111,51 +4109,50 @@
             <w:r w:rsidRPr="004F57B0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F57B0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>자</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3458" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D8B96D9" w14:textId="77777777" w:rsidR="00506237" w:rsidRPr="00271565" w:rsidRDefault="00506237" w:rsidP="00493238">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F26D6D3" w14:textId="77777777" w:rsidR="00506237" w:rsidRPr="004F57B0" w:rsidRDefault="00506237" w:rsidP="00493238">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -4261,51 +4258,50 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>락</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="004F57B0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 처</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3458" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7858EC35" w14:textId="77777777" w:rsidR="00506237" w:rsidRPr="00271565" w:rsidRDefault="00506237" w:rsidP="00493238">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="066A9795" w14:textId="77777777" w:rsidR="00506237" w:rsidRPr="004F57B0" w:rsidRDefault="00506237" w:rsidP="00493238">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
@@ -6107,81 +6103,80 @@
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>반입 일시</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7483" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="199E5F96" w14:textId="2D57FC71" w:rsidR="00506237" w:rsidRPr="00506237" w:rsidRDefault="00331F4E" w:rsidP="00506237">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="199E5F96" w14:textId="4BFCCEF6" w:rsidR="00506237" w:rsidRPr="00506237" w:rsidRDefault="00331F4E" w:rsidP="00506237">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00086F0F">
-[...6 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="00CF6E97">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00506237">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">년 </w:t>
             </w:r>
             <w:r w:rsidR="006046C9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  월   </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="006046C9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -6217,80 +6212,79 @@
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>반출 일시</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7483" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4AA27BCE" w14:textId="71FCF594" w:rsidR="00506237" w:rsidRPr="00506237" w:rsidRDefault="00331F4E" w:rsidP="00493238">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AA27BCE" w14:textId="5F3DA0C4" w:rsidR="00506237" w:rsidRPr="00506237" w:rsidRDefault="00331F4E" w:rsidP="00493238">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00086F0F">
-[...6 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="00CF6E97">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="006046C9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">년   월   </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="006046C9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">일,   </w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="006046C9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:bCs/>
@@ -6383,78 +6377,78 @@
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="2731"/>
       </w:tblGrid>
       <w:tr w:rsidR="00746011" w:rsidRPr="0049304F" w14:paraId="69CAB1C4" w14:textId="77777777" w:rsidTr="00344483">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14B94A0E" w14:textId="77777777" w:rsidR="00746011" w:rsidRPr="0049304F" w:rsidRDefault="00746011" w:rsidP="00344483">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2731" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="235AB47C" w14:textId="77777777" w:rsidR="00746011" w:rsidRPr="0049304F" w:rsidRDefault="00746011" w:rsidP="00344483">
+          <w:p w14:paraId="235AB47C" w14:textId="0C2035FB" w:rsidR="00746011" w:rsidRPr="0049304F" w:rsidRDefault="00746011" w:rsidP="00344483">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00CF6E97">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="0049304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0049304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>년</w:t>
             </w:r>
             <w:r w:rsidRPr="0049304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
@@ -6698,58 +6692,58 @@
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="left"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C61362" w:rsidRPr="00746011" w:rsidSect="004F57B0">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11452" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="36E20055" w14:textId="77777777" w:rsidR="00016B41" w:rsidRDefault="00016B41" w:rsidP="00C61362">
+    <w:p w14:paraId="748D1515" w14:textId="77777777" w:rsidR="00AB31B2" w:rsidRDefault="00AB31B2" w:rsidP="00C61362">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3260548D" w14:textId="77777777" w:rsidR="00016B41" w:rsidRDefault="00016B41" w:rsidP="00C61362">
+    <w:p w14:paraId="2BA66CF0" w14:textId="77777777" w:rsidR="00AB31B2" w:rsidRDefault="00AB31B2" w:rsidP="00C61362">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="맑은 고딕">
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="바탕">
@@ -6815,51 +6809,51 @@
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6366510" cy="452562"/>
                       </a:xfrm>
                       <a:prstGeom prst="roundRect">
                         <a:avLst>
                           <a:gd name="adj" fmla="val 16667"/>
                         </a:avLst>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="71DC5615" w14:textId="77777777" w:rsidR="00746011" w:rsidRPr="00D43C51" w:rsidRDefault="00746011" w:rsidP="00746011">
+                        <w:p w14:paraId="2BB4DFBC" w14:textId="77777777" w:rsidR="00CF6E97" w:rsidRPr="00D43C51" w:rsidRDefault="00CF6E97" w:rsidP="00CF6E97">
                           <w:pPr>
                             <w:pStyle w:val="a6"/>
                             <w:spacing w:line="240" w:lineRule="auto"/>
                             <w:jc w:val="left"/>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:proofErr w:type="spellStart"/>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>오토살롱</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
@@ -6903,55 +6897,60 @@
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> info@autosalon</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>korea</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>.com</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="72CC2017" w14:textId="68C4ABEF" w:rsidR="00060C20" w:rsidRDefault="00746011" w:rsidP="00371D9C">
+                        <w:p w14:paraId="54F7E9F7" w14:textId="77777777" w:rsidR="00CF6E97" w:rsidRPr="00365C9F" w:rsidRDefault="00CF6E97" w:rsidP="00CF6E97">
                           <w:pPr>
                             <w:pStyle w:val="a6"/>
                             <w:spacing w:line="240" w:lineRule="auto"/>
                             <w:jc w:val="left"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>㈜</w:t>
                           </w:r>
                           <w:proofErr w:type="spellStart"/>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>서울메쎄</w:t>
                           </w:r>
                           <w:proofErr w:type="spellEnd"/>
                           <w:r>
                             <w:rPr>
@@ -6961,130 +6960,227 @@
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:proofErr w:type="gramStart"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>Tel :</w:t>
                           </w:r>
                           <w:proofErr w:type="gramEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> </w:t>
+                            <w:t xml:space="preserve"> 0</w:t>
                           </w:r>
-                          <w:r w:rsidR="00371D9C" w:rsidRPr="00371D9C">
+                          <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t>070-5095-9913/</w:t>
+                            <w:t>70</w:t>
                           </w:r>
-                          <w:proofErr w:type="gramStart"/>
-                          <w:r w:rsidR="00371D9C" w:rsidRPr="00371D9C">
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>-</w:t>
+                          </w:r>
+                          <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t>16 /</w:t>
+                            <w:t>5095</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>-</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>9913/</w:t>
+                          </w:r>
+                          <w:proofErr w:type="gramStart"/>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>9916</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> /</w:t>
                           </w:r>
                           <w:proofErr w:type="gramEnd"/>
-                          <w:r w:rsidR="00371D9C" w:rsidRPr="00371D9C">
+                          <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
-                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:proofErr w:type="gramStart"/>
-                          <w:r w:rsidR="00371D9C" w:rsidRPr="00371D9C">
+                          <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
-                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>Fax :</w:t>
                           </w:r>
                           <w:proofErr w:type="gramEnd"/>
-                          <w:r w:rsidR="00371D9C" w:rsidRPr="00371D9C">
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> 02-</w:t>
+                          </w:r>
+                          <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> 02-865-5877</w:t>
+                            <w:t>865</w:t>
                           </w:r>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>-</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>5877</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="72CC2017" w14:textId="2378F1AE" w:rsidR="00060C20" w:rsidRDefault="00060C20" w:rsidP="00525A18">
+                          <w:pPr>
+                            <w:pStyle w:val="a6"/>
+                            <w:spacing w:line="168" w:lineRule="auto"/>
+                            <w:jc w:val="left"/>
+                          </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:roundrect w14:anchorId="4EB23B95" id="AutoShape 1" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:-.1pt;margin-top:-10.35pt;width:501.3pt;height:35.65pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBpa4J0IgIAAEUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zSlzbJR09WqSxHS&#10;chELH+DYTmJwPMZ2my5fz9hJSxd4QuTBmsl4zpw5M17fHHtNDtJ5Baai+WxOiTQchDJtRb983r14&#10;RYkPzAimwciKPkpPbzbPn60HW8oFdKCFdARBjC8HW9EuBFtmmeed7JmfgZUGgw24ngV0XZsJxwZE&#10;73W2mM+LbAAnrAMuvce/d2OQbhJ+00gePjSNl4HoiiK3kE6Xzjqe2WbNytYx2yk+0WD/wKJnymDR&#10;M9QdC4zsnfoDqlfcgYcmzDj0GTSN4jL1gN3k89+6eeiYlakXFMfbs0z+/8Hy94cH+9FF6t7eA//m&#10;iYFtx0wrb52DoZNMYLk8CpUN1pfnhOh4TCX18A4EjpbtAyQNjo3rIyB2R45J6sez1PIYCMefxcui&#10;WOU4EY6x5WqxKhapBCtP2db58EZCT6JRUQd7Iz7hPFMJdrj3IektiGF9rC6+UtL0Gqd3YJrkRVFc&#10;TYjT5YyVJ8zULmgldkrr5Li23mpHMLWiu/RNyf7ymjZkqOg10k0snsT8JcQ8fX+DSH2krYvSvjYi&#10;2YEpPdrIUptJ6yhv3GRfhmN9xIvRrEE8ouoOxl3Gt4dGB+4HJQPucUX99z1zkhL91uDkrvPlMi5+&#10;cparqwU67jJSX0aY4QhV0UDJaG7D+Fj21qm2w0p56tzALU67UeG0FiOriTfuKlpPHsOln279ev2b&#10;nwAAAP//AwBQSwMEFAAGAAgAAAAhAIm7QODbAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FP&#10;hDAQhe8m/odmTLztthJ3VWTYGBO9GtGDx0JHINIp2xYW/fWWk55eJu/lvW+Kw2IHMZMPvWOEq60C&#10;Qdw403OL8P72tLkFEaJmowfHhPBNAQ7l+Vmhc+NO/EpzFVuRSjjkGqGLccylDE1HVoetG4mT9+m8&#10;1TGdvpXG61Mqt4PMlNpLq3tOC50e6bGj5quaLEJj1KT8x/xyV+9i9TNPR5bPR8TLi+XhHkSkJf6F&#10;YcVP6FAmptpNbIIYEDZZCq6ibkCsvlLZNYgaYaf2IMtC/v+g/AUAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBpa4J0IgIAAEUEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCJu0Dg2wAAAAkBAAAPAAAAAAAAAAAAAAAAAHwEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="71DC5615" w14:textId="77777777" w:rsidR="00746011" w:rsidRPr="00D43C51" w:rsidRDefault="00746011" w:rsidP="00746011">
+                  <w:p w14:paraId="2BB4DFBC" w14:textId="77777777" w:rsidR="00CF6E97" w:rsidRPr="00D43C51" w:rsidRDefault="00CF6E97" w:rsidP="00CF6E97">
                     <w:pPr>
                       <w:pStyle w:val="a6"/>
                       <w:spacing w:line="240" w:lineRule="auto"/>
                       <w:jc w:val="left"/>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:proofErr w:type="spellStart"/>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>오토살롱</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
@@ -7128,55 +7224,60 @@
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> info@autosalon</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>korea</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>.com</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="72CC2017" w14:textId="68C4ABEF" w:rsidR="00060C20" w:rsidRDefault="00746011" w:rsidP="00371D9C">
+                  <w:p w14:paraId="54F7E9F7" w14:textId="77777777" w:rsidR="00CF6E97" w:rsidRPr="00365C9F" w:rsidRDefault="00CF6E97" w:rsidP="00CF6E97">
                     <w:pPr>
                       <w:pStyle w:val="a6"/>
                       <w:spacing w:line="240" w:lineRule="auto"/>
                       <w:jc w:val="left"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>㈜</w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>서울메쎄</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
                     <w:r>
                       <w:rPr>
@@ -7186,279 +7287,376 @@
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:proofErr w:type="gramStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>Tel :</w:t>
                     </w:r>
                     <w:proofErr w:type="gramEnd"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> </w:t>
+                      <w:t xml:space="preserve"> 0</w:t>
                     </w:r>
-                    <w:r w:rsidR="00371D9C" w:rsidRPr="00371D9C">
+                    <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t>070-5095-9913/</w:t>
+                      <w:t>70</w:t>
                     </w:r>
-                    <w:proofErr w:type="gramStart"/>
-                    <w:r w:rsidR="00371D9C" w:rsidRPr="00371D9C">
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>-</w:t>
+                    </w:r>
+                    <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t>16 /</w:t>
+                      <w:t>5095</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>-</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>9913/</w:t>
+                    </w:r>
+                    <w:proofErr w:type="gramStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>9916</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> /</w:t>
                     </w:r>
                     <w:proofErr w:type="gramEnd"/>
-                    <w:r w:rsidR="00371D9C" w:rsidRPr="00371D9C">
+                    <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
-                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:proofErr w:type="gramStart"/>
-                    <w:r w:rsidR="00371D9C" w:rsidRPr="00371D9C">
+                    <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
-                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>Fax :</w:t>
                     </w:r>
                     <w:proofErr w:type="gramEnd"/>
-                    <w:r w:rsidR="00371D9C" w:rsidRPr="00371D9C">
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> 02-</w:t>
+                    </w:r>
+                    <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> 02-865-5877</w:t>
+                      <w:t>865</w:t>
                     </w:r>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>-</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>5877</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="72CC2017" w14:textId="2378F1AE" w:rsidR="00060C20" w:rsidRDefault="00060C20" w:rsidP="00525A18">
+                    <w:pPr>
+                      <w:pStyle w:val="a6"/>
+                      <w:spacing w:line="168" w:lineRule="auto"/>
+                      <w:jc w:val="left"/>
+                    </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:roundrect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7CA33560" w14:textId="77777777" w:rsidR="00016B41" w:rsidRDefault="00016B41" w:rsidP="00C61362">
+    <w:p w14:paraId="2D3F5A1B" w14:textId="77777777" w:rsidR="00AB31B2" w:rsidRDefault="00AB31B2" w:rsidP="00C61362">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6890354E" w14:textId="77777777" w:rsidR="00016B41" w:rsidRDefault="00016B41" w:rsidP="00C61362">
+    <w:p w14:paraId="611B13A5" w14:textId="77777777" w:rsidR="00AB31B2" w:rsidRDefault="00AB31B2" w:rsidP="00C61362">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="800"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C61362"/>
-    <w:rsid w:val="00016B41"/>
     <w:rsid w:val="00060C20"/>
     <w:rsid w:val="00086F0F"/>
     <w:rsid w:val="00096167"/>
+    <w:rsid w:val="000B51E4"/>
     <w:rsid w:val="000D6A09"/>
     <w:rsid w:val="000F002D"/>
     <w:rsid w:val="001A5C34"/>
     <w:rsid w:val="001F0F40"/>
     <w:rsid w:val="001F2DDD"/>
     <w:rsid w:val="00227262"/>
     <w:rsid w:val="00231E93"/>
     <w:rsid w:val="00271565"/>
     <w:rsid w:val="00275FE6"/>
     <w:rsid w:val="00283DD4"/>
     <w:rsid w:val="002D1801"/>
     <w:rsid w:val="002F5CE2"/>
     <w:rsid w:val="002F6341"/>
     <w:rsid w:val="0032754E"/>
     <w:rsid w:val="00327F16"/>
     <w:rsid w:val="00331F4E"/>
     <w:rsid w:val="00357A4A"/>
-    <w:rsid w:val="00371D9C"/>
     <w:rsid w:val="003D4B35"/>
     <w:rsid w:val="00413CD1"/>
     <w:rsid w:val="00446BAF"/>
-    <w:rsid w:val="004700DA"/>
     <w:rsid w:val="004812E5"/>
     <w:rsid w:val="004945D0"/>
     <w:rsid w:val="004B5F9A"/>
     <w:rsid w:val="004C7872"/>
     <w:rsid w:val="004E2075"/>
     <w:rsid w:val="004F57B0"/>
     <w:rsid w:val="00506237"/>
     <w:rsid w:val="0051009F"/>
     <w:rsid w:val="005105E2"/>
     <w:rsid w:val="00510C48"/>
     <w:rsid w:val="0052383D"/>
     <w:rsid w:val="00525A18"/>
     <w:rsid w:val="00580FDD"/>
     <w:rsid w:val="00594260"/>
     <w:rsid w:val="005B6478"/>
     <w:rsid w:val="005C091B"/>
     <w:rsid w:val="00601BED"/>
     <w:rsid w:val="006046C9"/>
     <w:rsid w:val="00640DB6"/>
+    <w:rsid w:val="00643859"/>
     <w:rsid w:val="00662893"/>
     <w:rsid w:val="006721FC"/>
     <w:rsid w:val="00746011"/>
     <w:rsid w:val="00746D7B"/>
     <w:rsid w:val="00763EA1"/>
     <w:rsid w:val="00770C42"/>
     <w:rsid w:val="007A2D5A"/>
     <w:rsid w:val="007B3E43"/>
     <w:rsid w:val="007E0C34"/>
     <w:rsid w:val="007E162C"/>
     <w:rsid w:val="00801183"/>
     <w:rsid w:val="00844882"/>
     <w:rsid w:val="008615A4"/>
     <w:rsid w:val="008627B3"/>
     <w:rsid w:val="00871991"/>
-    <w:rsid w:val="00887E12"/>
     <w:rsid w:val="00892232"/>
     <w:rsid w:val="008A1128"/>
     <w:rsid w:val="008E4B4A"/>
     <w:rsid w:val="00912497"/>
     <w:rsid w:val="009257CE"/>
     <w:rsid w:val="00943C95"/>
     <w:rsid w:val="00974740"/>
     <w:rsid w:val="00987455"/>
     <w:rsid w:val="00991235"/>
     <w:rsid w:val="009A3C52"/>
     <w:rsid w:val="009B28DF"/>
     <w:rsid w:val="009B2EB9"/>
     <w:rsid w:val="009B65A2"/>
     <w:rsid w:val="009B7F45"/>
     <w:rsid w:val="009F7EB2"/>
     <w:rsid w:val="00A1346C"/>
     <w:rsid w:val="00A1392F"/>
     <w:rsid w:val="00A215F0"/>
     <w:rsid w:val="00A54E60"/>
     <w:rsid w:val="00A572B5"/>
     <w:rsid w:val="00A85AA8"/>
+    <w:rsid w:val="00AB31B2"/>
     <w:rsid w:val="00AB5BDA"/>
     <w:rsid w:val="00AE478D"/>
     <w:rsid w:val="00B02887"/>
     <w:rsid w:val="00B329A1"/>
     <w:rsid w:val="00B52EA5"/>
     <w:rsid w:val="00BA4A03"/>
     <w:rsid w:val="00BB28FF"/>
     <w:rsid w:val="00BE4E58"/>
     <w:rsid w:val="00C11689"/>
     <w:rsid w:val="00C16732"/>
     <w:rsid w:val="00C30883"/>
     <w:rsid w:val="00C32C44"/>
     <w:rsid w:val="00C61362"/>
     <w:rsid w:val="00CB711D"/>
     <w:rsid w:val="00CD52D3"/>
     <w:rsid w:val="00CD7570"/>
+    <w:rsid w:val="00CF6E97"/>
     <w:rsid w:val="00DA298E"/>
     <w:rsid w:val="00DD7DA7"/>
     <w:rsid w:val="00E026DA"/>
     <w:rsid w:val="00E07BFA"/>
     <w:rsid w:val="00E54EBA"/>
     <w:rsid w:val="00E67A1C"/>
     <w:rsid w:val="00EC6191"/>
     <w:rsid w:val="00EF18A6"/>
     <w:rsid w:val="00EF2DF2"/>
     <w:rsid w:val="00F36ED1"/>
     <w:rsid w:val="00F502EF"/>
     <w:rsid w:val="00F66016"/>
     <w:rsid w:val="00F71C3B"/>
     <w:rsid w:val="00F7329E"/>
     <w:rsid w:val="00F77959"/>
     <w:rsid w:val="00FA00BF"/>
     <w:rsid w:val="00FA6851"/>
     <w:rsid w:val="00FB7BA6"/>
     <w:rsid w:val="00FD2ECC"/>
     <w:rsid w:val="00FD3C34"/>
     <w:rsid w:val="00FD7FDC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -7876,50 +8074,51 @@
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F66016"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:wordWrap w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cstheme="minorBidi"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
@@ -8573,66 +8772,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92EE4DDC-6A5E-4283-9D4B-D1DC278F0424}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>141</Words>
-  <Characters>808</Characters>
+  <Words>142</Words>
+  <Characters>811</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>제목</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>948</CharactersWithSpaces>
+  <CharactersWithSpaces>952</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SMI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>