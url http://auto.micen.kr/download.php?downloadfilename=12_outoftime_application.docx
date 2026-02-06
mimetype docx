--- v0 (2025-10-21)
+++ v1 (2026-02-06)
@@ -1,39 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -157,308 +162,197 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C35519" w:rsidRPr="004F57B0" w14:paraId="75CCC2AE" w14:textId="77777777" w:rsidTr="009B7F45">
         <w:trPr>
           <w:trHeight w:val="64"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10065" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
           <w:p w14:paraId="30E5AA8D" w14:textId="77777777" w:rsidR="00C35519" w:rsidRPr="004F57B0" w:rsidRDefault="00C35519" w:rsidP="00C35519">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C35519" w14:paraId="226FCBFE" w14:textId="77777777" w:rsidTr="00504D1A">
+      <w:tr w:rsidR="0027523D" w14:paraId="226FCBFE" w14:textId="77777777" w:rsidTr="00504D1A">
         <w:trPr>
           <w:trHeight w:val="225"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6293" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B5576C9" w14:textId="0365C2F4" w:rsidR="00C35519" w:rsidRPr="009E45B7" w:rsidRDefault="00C35519" w:rsidP="00C35519">
+          <w:p w14:paraId="4B5576C9" w14:textId="4454E91A" w:rsidR="0027523D" w:rsidRPr="009E45B7" w:rsidRDefault="0027523D" w:rsidP="0027523D">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="5517"/>
               </w:tabs>
               <w:ind w:right="560"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E45B7">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>202</w:t>
-            </w:r>
+              <w:t xml:space="preserve">2026. 10.23(금) ~ 10. 25(일), </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="009E45B7">
+              <w:t xml:space="preserve">KINTEX  </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
-                <w:bCs/>
                 <w:color w:val="282828"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">. </w:t>
-            </w:r>
+              <w:t>|</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
-                <w:bCs/>
                 <w:color w:val="282828"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>9.19</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="282828"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...120 lines deleted...]
-              <w:t>.com</w:t>
+              <w:t>www.autosalonkorea.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3772" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28BAD450" w14:textId="56A9C580" w:rsidR="00C35519" w:rsidRPr="009E45B7" w:rsidRDefault="00C35519" w:rsidP="00C35519">
+          <w:p w14:paraId="28BAD450" w14:textId="1B6AA85B" w:rsidR="0027523D" w:rsidRPr="009E45B7" w:rsidRDefault="0027523D" w:rsidP="0027523D">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3581"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E45B7">
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">제출기한 : </w:t>
+              <w:t>제출기한 :</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="282828"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>2025.8.21(목)</w:t>
-[...10 lines deleted...]
-              <w:t>까지</w:t>
+              <w:t>2026.9.24(목)까지</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="35F19B54" w14:textId="77777777" w:rsidR="004F57B0" w:rsidRPr="004F57B0" w:rsidRDefault="004F57B0" w:rsidP="004F57B0">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="282828"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F57B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="282828"/>
           <w:sz w:val="20"/>
@@ -766,51 +660,50 @@
             <w:r w:rsidRPr="004F57B0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F57B0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>자</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3458" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A2EB5F0" w14:textId="77777777" w:rsidR="004F57B0" w:rsidRPr="004F57B0" w:rsidRDefault="004F57B0" w:rsidP="004F57B0">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D066CDE" w14:textId="77777777" w:rsidR="004F57B0" w:rsidRPr="004F57B0" w:rsidRDefault="004F57B0" w:rsidP="004F57B0">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -887,58 +780,79 @@
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="054D292B" w14:textId="77777777" w:rsidR="004F57B0" w:rsidRPr="004F57B0" w:rsidRDefault="004F57B0" w:rsidP="004F57B0">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F57B0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>연 락 처</w:t>
+              <w:t xml:space="preserve">연 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F57B0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>락</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F57B0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 처</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3458" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C311063" w14:textId="77777777" w:rsidR="004F57B0" w:rsidRPr="004F57B0" w:rsidRDefault="004F57B0" w:rsidP="004F57B0">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="014EA7E5" w14:textId="77777777" w:rsidR="004F57B0" w:rsidRPr="004F57B0" w:rsidRDefault="004F57B0" w:rsidP="004F57B0">
             <w:pPr>
@@ -1147,288 +1061,294 @@
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="27F459BF" w14:textId="77777777" w:rsidR="007229CE" w:rsidRPr="00D70E22" w:rsidRDefault="007229CE" w:rsidP="007229CE">
             <w:pPr>
               <w:widowControl/>
               <w:wordWrap/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D70E22">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>사용 전시홀</w:t>
-            </w:r>
+              <w:t xml:space="preserve">사용 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D70E22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>전시홀</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6423CAB4" w14:textId="20FE4D7C" w:rsidR="007229CE" w:rsidRPr="00D70E22" w:rsidRDefault="00AD376E" w:rsidP="00E026DA">
+          <w:p w14:paraId="6423CAB4" w14:textId="4EAE8DB7" w:rsidR="007229CE" w:rsidRPr="00D70E22" w:rsidRDefault="00C35519" w:rsidP="00E026DA">
             <w:pPr>
               <w:widowControl/>
               <w:wordWrap/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="007229CE" w:rsidRPr="00D70E22">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>홀</w:t>
             </w:r>
-            <w:r w:rsidR="00C35519">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1354" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C243ED2" w14:textId="77777777" w:rsidR="007229CE" w:rsidRPr="00D70E22" w:rsidRDefault="007229CE" w:rsidP="00E026DA">
             <w:pPr>
               <w:widowControl/>
               <w:wordWrap/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D70E22">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="258AD98E" w14:textId="38335629" w:rsidR="007229CE" w:rsidRPr="00D70E22" w:rsidRDefault="00C35519" w:rsidP="00E026DA">
             <w:pPr>
               <w:widowControl/>
               <w:wordWrap/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8홀 B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1361" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AC8D934" w14:textId="77777777" w:rsidR="007229CE" w:rsidRPr="00D70E22" w:rsidRDefault="007229CE" w:rsidP="00E026DA">
             <w:pPr>
               <w:widowControl/>
               <w:wordWrap/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D70E22">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="664177B4" w14:textId="0A58F0D9" w:rsidR="007229CE" w:rsidRPr="00D70E22" w:rsidRDefault="00C35519" w:rsidP="00C35519">
             <w:pPr>
               <w:widowControl/>
               <w:wordWrap/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>기타</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="789A3018" w14:textId="77777777" w:rsidR="007229CE" w:rsidRPr="00D70E22" w:rsidRDefault="007229CE" w:rsidP="00E026DA">
             <w:pPr>
               <w:widowControl/>
               <w:wordWrap/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D70E22">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
@@ -3159,78 +3079,78 @@
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="2731"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C35519" w:rsidRPr="0049304F" w14:paraId="357D4185" w14:textId="77777777" w:rsidTr="00344483">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3293E3FA" w14:textId="77777777" w:rsidR="00C35519" w:rsidRPr="0049304F" w:rsidRDefault="00C35519" w:rsidP="00344483">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2731" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E9DC436" w14:textId="77777777" w:rsidR="00C35519" w:rsidRPr="0049304F" w:rsidRDefault="00C35519" w:rsidP="00344483">
+          <w:p w14:paraId="6E9DC436" w14:textId="7C13BEB8" w:rsidR="00C35519" w:rsidRPr="0049304F" w:rsidRDefault="00C35519" w:rsidP="00344483">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="0027523D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="0049304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0049304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>년</w:t>
             </w:r>
             <w:r w:rsidRPr="0049304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
@@ -3305,58 +3225,69 @@
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C35519" w:rsidRPr="0049304F" w14:paraId="7751FC0A" w14:textId="77777777" w:rsidTr="00344483">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AA32E01" w14:textId="77777777" w:rsidR="00C35519" w:rsidRPr="0049304F" w:rsidRDefault="00C35519" w:rsidP="00344483">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0049304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>대표명:</w:t>
+              <w:t>대표명</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0049304F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
+                <w:color w:val="282828"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2731" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6128DA77" w14:textId="77777777" w:rsidR="00C35519" w:rsidRPr="0049304F" w:rsidRDefault="00C35519" w:rsidP="00344483">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:b/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0049304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
@@ -3397,156 +3328,184 @@
           <w:bCs/>
           <w:color w:val="282828"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51BB76CB" w14:textId="77777777" w:rsidR="00C35519" w:rsidRPr="009E45B7" w:rsidRDefault="00C35519" w:rsidP="00C35519">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E45B7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="282828"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>「오토살롱</w:t>
+        <w:t>「</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E45B7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="282828"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>오토살롱</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="282828"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>테크코리아</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009E45B7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="282828"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>」 사무국 귀중</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="234D3421" w14:textId="77777777" w:rsidR="00C61362" w:rsidRPr="00C35519" w:rsidRDefault="00C61362" w:rsidP="00EA1988">
       <w:pPr>
         <w:widowControl/>
         <w:wordWrap/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C61362" w:rsidRPr="00C35519" w:rsidSect="004F57B0">
-      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11452" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="18290017" w14:textId="77777777" w:rsidR="00F81509" w:rsidRDefault="00F81509" w:rsidP="00C61362">
+    <w:p w14:paraId="247CE507" w14:textId="77777777" w:rsidR="005201AB" w:rsidRDefault="005201AB" w:rsidP="00C61362">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="12013655" w14:textId="77777777" w:rsidR="00F81509" w:rsidRDefault="00F81509" w:rsidP="00C61362">
+    <w:p w14:paraId="34F421B5" w14:textId="77777777" w:rsidR="005201AB" w:rsidRDefault="005201AB" w:rsidP="00C61362">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="맑은 고딕">
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="바탕">
     <w:altName w:val="Batang"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="굴림">
     <w:altName w:val="Gulim"/>
     <w:panose1 w:val="020B0600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7965F0FD" w14:textId="77777777" w:rsidR="0027523D" w:rsidRDefault="0027523D">
+    <w:pPr>
+      <w:pStyle w:val="a4"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2AF6F1B3" w14:textId="77777777" w:rsidR="00060C20" w:rsidRDefault="005478A8">
     <w:pPr>
       <w:pStyle w:val="a4"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1146F734" wp14:editId="6A862FB3">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>1270</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-52070</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6366510" cy="495300"/>
               <wp:effectExtent l="10795" t="9525" r="13970" b="9525"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="AutoShape 1"/>
               <wp:cNvGraphicFramePr>
@@ -3560,83 +3519,85 @@
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6366510" cy="495300"/>
                       </a:xfrm>
                       <a:prstGeom prst="roundRect">
                         <a:avLst>
                           <a:gd name="adj" fmla="val 16667"/>
                         </a:avLst>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="30021096" w14:textId="77777777" w:rsidR="00C35519" w:rsidRPr="00D43C51" w:rsidRDefault="00C35519" w:rsidP="00C35519">
+                        <w:p w14:paraId="1C9B7A5C" w14:textId="77777777" w:rsidR="0027523D" w:rsidRPr="00D43C51" w:rsidRDefault="0027523D" w:rsidP="0027523D">
                           <w:pPr>
                             <w:pStyle w:val="a6"/>
                             <w:spacing w:line="240" w:lineRule="auto"/>
                             <w:jc w:val="left"/>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
+                          <w:proofErr w:type="spellStart"/>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>오토살롱</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>테크코리아</w:t>
                           </w:r>
+                          <w:proofErr w:type="spellEnd"/>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> 사무국 | </w:t>
                           </w:r>
                           <w:proofErr w:type="gramStart"/>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>E-mail :</w:t>
                           </w:r>
                           <w:proofErr w:type="gramEnd"/>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
@@ -3646,220 +3607,343 @@
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> info@autosalon</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>korea</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>.com</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="5ABC1ABC" w14:textId="0F38C9E8" w:rsidR="00C35519" w:rsidRPr="00365C9F" w:rsidRDefault="00C35519" w:rsidP="00C35519">
+                        <w:p w14:paraId="13B1E514" w14:textId="77777777" w:rsidR="0027523D" w:rsidRPr="00365C9F" w:rsidRDefault="0027523D" w:rsidP="0027523D">
                           <w:pPr>
                             <w:pStyle w:val="a6"/>
                             <w:spacing w:line="240" w:lineRule="auto"/>
                             <w:jc w:val="left"/>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t>㈜서울메쎄</w:t>
+                            <w:t>㈜</w:t>
                           </w:r>
+                          <w:proofErr w:type="spellStart"/>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>서울메쎄</w:t>
+                          </w:r>
+                          <w:proofErr w:type="spellEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:proofErr w:type="gramStart"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>Tel :</w:t>
                           </w:r>
                           <w:proofErr w:type="gramEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> </w:t>
+                            <w:t xml:space="preserve"> 0</w:t>
                           </w:r>
-                          <w:r w:rsidR="009C3AA7" w:rsidRPr="009C3AA7">
+                          <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t>070-5095-9913/</w:t>
+                            <w:t>70</w:t>
                           </w:r>
-                          <w:proofErr w:type="gramStart"/>
-                          <w:r w:rsidR="009C3AA7" w:rsidRPr="009C3AA7">
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>-</w:t>
+                          </w:r>
+                          <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t>16 /</w:t>
+                            <w:t>5095</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>-</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>9913/</w:t>
+                          </w:r>
+                          <w:proofErr w:type="gramStart"/>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>9916</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> /</w:t>
                           </w:r>
                           <w:proofErr w:type="gramEnd"/>
-                          <w:r w:rsidR="009C3AA7" w:rsidRPr="009C3AA7">
+                          <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
-                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:proofErr w:type="gramStart"/>
-                          <w:r w:rsidR="009C3AA7" w:rsidRPr="009C3AA7">
+                          <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
-                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>Fax :</w:t>
                           </w:r>
                           <w:proofErr w:type="gramEnd"/>
-                          <w:r w:rsidR="009C3AA7" w:rsidRPr="009C3AA7">
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> 02-</w:t>
+                          </w:r>
+                          <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> 02-865-5877</w:t>
+                            <w:t>865</w:t>
                           </w:r>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>-</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>5877</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="2AADF8F3" w14:textId="77777777" w:rsidR="0027523D" w:rsidRPr="00A07A38" w:rsidRDefault="0027523D" w:rsidP="0027523D">
+                          <w:pPr>
+                            <w:pStyle w:val="a6"/>
+                            <w:spacing w:line="168" w:lineRule="auto"/>
+                            <w:jc w:val="left"/>
+                          </w:pPr>
+                        </w:p>
+                        <w:p w14:paraId="5ABC1ABC" w14:textId="77777777" w:rsidR="00C35519" w:rsidRPr="00365C9F" w:rsidRDefault="00C35519" w:rsidP="00C35519">
+                          <w:pPr>
+                            <w:pStyle w:val="a6"/>
+                            <w:spacing w:line="240" w:lineRule="auto"/>
+                            <w:jc w:val="left"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
                         </w:p>
                         <w:p w14:paraId="4EA36047" w14:textId="77777777" w:rsidR="00060C20" w:rsidRDefault="00060C20" w:rsidP="0096660C">
                           <w:pPr>
                             <w:pStyle w:val="a6"/>
                             <w:spacing w:line="168" w:lineRule="auto"/>
                             <w:jc w:val="left"/>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:roundrect w14:anchorId="1146F734" id="AutoShape 1" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:.1pt;margin-top:-4.1pt;width:501.3pt;height:39pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB2T1kQJAIAAEUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0yTdNkujpqtVlyKk&#10;5SIWPsCxnQs4HmO7TXa/nrHTli7whMiDNZPxnDlzZry+GXtFDtK6DnRJs1lKidQcRKebkn79snv1&#10;mhLnmRZMgZYlfZSO3mxevlgPppBzaEEJaQmCaFcMpqSt96ZIEsdb2TM3AyM1BmuwPfPo2iYRlg2I&#10;3qtknqZ5MoAVxgKXzuHfuylINxG/riX3H+vaSU9USZGbj6eNZxXOZLNmRWOZaTt+pMH+gUXPOo1F&#10;z1B3zDOyt90fUH3HLTio/YxDn0Bdd1zGHrCbLP2tm4eWGRl7QXGcOcvk/h8s/3B4MJ9soO7MPfDv&#10;jmjYtkw38tZaGFrJBJbLglDJYFxxTgiOw1RSDe9B4GjZ3kPUYKxtHwCxOzJGqR/PUsvRE44/86s8&#10;X2Y4EY6xxWp5lcZZJKw4ZRvr/FsJPQlGSS3stfiM84wl2OHe+ai3IJr1obr4RkndK5zegSmS5Xl+&#10;HUmz4ngZsU+YsV1Qndh1SkXHNtVWWYKpJd3F75jsLq8pTYaSrpbzZWTxLOYuIdL4/Q0i9hG3Lkj7&#10;Rotoe9apyUaWSh+1DvKGTXaFH6sRLwazAvGIqluYdhnfHhot2CdKBtzjkrofe2YlJeqdxsmtssUi&#10;LH50FsvrOTr2MlJdRpjmCFVST8lkbv30WPbGdk2LlbLYuYZbnHbd+dNaTKyOvHFX0Xr2GC79eOvX&#10;69/8BAAA//8DAFBLAwQUAAYACAAAACEAEgmuFdoAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DMBBE70j8g7VI3FqbSFRpyKZCSHBFBA49OvGSRMTr1HbSwNfjnuA0Ws1o5m15WO0oFvJhcIxw&#10;t1UgiFtnBu4QPt6fNzmIEDUbPTomhG8KcKiur0pdGHfmN1rq2IlUwqHQCH2MUyFlaHuyOmzdRJy8&#10;T+etjun0nTRen1O5HWWm1E5aPXBa6PVETz21X/VsEVqjZuWPy+u+uY/1zzKfWL6cEG9v1scHEJHW&#10;+BeGC35ChyoxNW5mE8SIkKUcwiZPenGVytInDcJun4OsSvmfv/oFAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAdk9ZECQCAABFBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAEgmuFdoAAAAHAQAADwAAAAAAAAAAAAAAAAB+BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="30021096" w14:textId="77777777" w:rsidR="00C35519" w:rsidRPr="00D43C51" w:rsidRDefault="00C35519" w:rsidP="00C35519">
+                  <w:p w14:paraId="1C9B7A5C" w14:textId="77777777" w:rsidR="0027523D" w:rsidRPr="00D43C51" w:rsidRDefault="0027523D" w:rsidP="0027523D">
                     <w:pPr>
                       <w:pStyle w:val="a6"/>
                       <w:spacing w:line="240" w:lineRule="auto"/>
                       <w:jc w:val="left"/>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
+                    <w:proofErr w:type="spellStart"/>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>오토살롱</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>테크코리아</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> 사무국 | </w:t>
                     </w:r>
                     <w:proofErr w:type="gramStart"/>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>E-mail :</w:t>
                     </w:r>
                     <w:proofErr w:type="gramEnd"/>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
@@ -3869,363 +3953,519 @@
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> info@autosalon</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>korea</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>.com</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="5ABC1ABC" w14:textId="0F38C9E8" w:rsidR="00C35519" w:rsidRPr="00365C9F" w:rsidRDefault="00C35519" w:rsidP="00C35519">
+                  <w:p w14:paraId="13B1E514" w14:textId="77777777" w:rsidR="0027523D" w:rsidRPr="00365C9F" w:rsidRDefault="0027523D" w:rsidP="0027523D">
                     <w:pPr>
                       <w:pStyle w:val="a6"/>
                       <w:spacing w:line="240" w:lineRule="auto"/>
                       <w:jc w:val="left"/>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t>㈜서울메쎄</w:t>
+                      <w:t>㈜</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>서울메쎄</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:proofErr w:type="gramStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>Tel :</w:t>
                     </w:r>
                     <w:proofErr w:type="gramEnd"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> </w:t>
+                      <w:t xml:space="preserve"> 0</w:t>
                     </w:r>
-                    <w:r w:rsidR="009C3AA7" w:rsidRPr="009C3AA7">
+                    <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t>070-5095-9913/</w:t>
+                      <w:t>70</w:t>
                     </w:r>
-                    <w:proofErr w:type="gramStart"/>
-                    <w:r w:rsidR="009C3AA7" w:rsidRPr="009C3AA7">
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>-</w:t>
+                    </w:r>
+                    <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t>16 /</w:t>
+                      <w:t>5095</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>-</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>9913/</w:t>
+                    </w:r>
+                    <w:proofErr w:type="gramStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>9916</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> /</w:t>
                     </w:r>
                     <w:proofErr w:type="gramEnd"/>
-                    <w:r w:rsidR="009C3AA7" w:rsidRPr="009C3AA7">
+                    <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
-                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:proofErr w:type="gramStart"/>
-                    <w:r w:rsidR="009C3AA7" w:rsidRPr="009C3AA7">
+                    <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
-                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>Fax :</w:t>
                     </w:r>
                     <w:proofErr w:type="gramEnd"/>
-                    <w:r w:rsidR="009C3AA7" w:rsidRPr="009C3AA7">
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> 02-</w:t>
+                    </w:r>
+                    <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> 02-865-5877</w:t>
+                      <w:t>865</w:t>
                     </w:r>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>-</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>5877</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="2AADF8F3" w14:textId="77777777" w:rsidR="0027523D" w:rsidRPr="00A07A38" w:rsidRDefault="0027523D" w:rsidP="0027523D">
+                    <w:pPr>
+                      <w:pStyle w:val="a6"/>
+                      <w:spacing w:line="168" w:lineRule="auto"/>
+                      <w:jc w:val="left"/>
+                    </w:pPr>
+                  </w:p>
+                  <w:p w14:paraId="5ABC1ABC" w14:textId="77777777" w:rsidR="00C35519" w:rsidRPr="00365C9F" w:rsidRDefault="00C35519" w:rsidP="00C35519">
+                    <w:pPr>
+                      <w:pStyle w:val="a6"/>
+                      <w:spacing w:line="240" w:lineRule="auto"/>
+                      <w:jc w:val="left"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                    </w:pPr>
                   </w:p>
                   <w:p w14:paraId="4EA36047" w14:textId="77777777" w:rsidR="00060C20" w:rsidRDefault="00060C20" w:rsidP="0096660C">
                     <w:pPr>
                       <w:pStyle w:val="a6"/>
                       <w:spacing w:line="168" w:lineRule="auto"/>
                       <w:jc w:val="left"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:roundrect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1F6FBC67" w14:textId="77777777" w:rsidR="0027523D" w:rsidRDefault="0027523D">
+    <w:pPr>
+      <w:pStyle w:val="a4"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22BB8C52" w14:textId="77777777" w:rsidR="00F81509" w:rsidRDefault="00F81509" w:rsidP="00C61362">
+    <w:p w14:paraId="2ACDD8AB" w14:textId="77777777" w:rsidR="005201AB" w:rsidRDefault="005201AB" w:rsidP="00C61362">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5C386AA0" w14:textId="77777777" w:rsidR="00F81509" w:rsidRDefault="00F81509" w:rsidP="00C61362">
+    <w:p w14:paraId="67BD0F9F" w14:textId="77777777" w:rsidR="005201AB" w:rsidRDefault="005201AB" w:rsidP="00C61362">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4D26951F" w14:textId="77777777" w:rsidR="0027523D" w:rsidRDefault="0027523D">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="44B9E9CC" w14:textId="77777777" w:rsidR="0027523D" w:rsidRDefault="0027523D">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2F8B3097" w14:textId="77777777" w:rsidR="0027523D" w:rsidRDefault="0027523D">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="800"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C61362"/>
     <w:rsid w:val="00060C20"/>
     <w:rsid w:val="00096167"/>
     <w:rsid w:val="001F0F40"/>
     <w:rsid w:val="001F2DDD"/>
     <w:rsid w:val="00227262"/>
     <w:rsid w:val="00231E93"/>
+    <w:rsid w:val="0027523D"/>
     <w:rsid w:val="00275FE6"/>
     <w:rsid w:val="00283DD4"/>
-    <w:rsid w:val="0029076B"/>
     <w:rsid w:val="002D1801"/>
     <w:rsid w:val="002F5CE2"/>
     <w:rsid w:val="002F6341"/>
     <w:rsid w:val="00301698"/>
-    <w:rsid w:val="003127B0"/>
     <w:rsid w:val="0032754E"/>
     <w:rsid w:val="00327F16"/>
     <w:rsid w:val="00343CFB"/>
     <w:rsid w:val="00357A4A"/>
+    <w:rsid w:val="00386182"/>
     <w:rsid w:val="003D4B35"/>
     <w:rsid w:val="00413CD1"/>
     <w:rsid w:val="00415571"/>
     <w:rsid w:val="004213F3"/>
     <w:rsid w:val="00446BAF"/>
     <w:rsid w:val="004812E5"/>
     <w:rsid w:val="004B5F9A"/>
     <w:rsid w:val="004D0CCB"/>
     <w:rsid w:val="004E2075"/>
     <w:rsid w:val="004F57B0"/>
     <w:rsid w:val="00504D1A"/>
     <w:rsid w:val="00506237"/>
     <w:rsid w:val="005105E2"/>
     <w:rsid w:val="00510C48"/>
+    <w:rsid w:val="005201AB"/>
     <w:rsid w:val="005478A8"/>
     <w:rsid w:val="00563566"/>
     <w:rsid w:val="00580FDD"/>
     <w:rsid w:val="00594260"/>
-    <w:rsid w:val="005A382F"/>
     <w:rsid w:val="005B6478"/>
     <w:rsid w:val="005C091B"/>
     <w:rsid w:val="005E3C65"/>
     <w:rsid w:val="00601BED"/>
     <w:rsid w:val="006046C9"/>
     <w:rsid w:val="00606176"/>
     <w:rsid w:val="00640DB6"/>
     <w:rsid w:val="00650591"/>
     <w:rsid w:val="006721FC"/>
     <w:rsid w:val="006C7D58"/>
     <w:rsid w:val="006E3291"/>
     <w:rsid w:val="007229CE"/>
     <w:rsid w:val="00746D7B"/>
     <w:rsid w:val="00763EA1"/>
     <w:rsid w:val="00770C42"/>
     <w:rsid w:val="007B6549"/>
     <w:rsid w:val="007E0C34"/>
     <w:rsid w:val="007E162C"/>
     <w:rsid w:val="00800A5E"/>
     <w:rsid w:val="0082695F"/>
     <w:rsid w:val="00844882"/>
     <w:rsid w:val="008615A4"/>
     <w:rsid w:val="00871991"/>
     <w:rsid w:val="00892232"/>
     <w:rsid w:val="008A1128"/>
     <w:rsid w:val="008E0006"/>
     <w:rsid w:val="009034B9"/>
     <w:rsid w:val="00912497"/>
     <w:rsid w:val="009257CE"/>
     <w:rsid w:val="00943C95"/>
     <w:rsid w:val="0096660C"/>
     <w:rsid w:val="00974740"/>
     <w:rsid w:val="00987455"/>
     <w:rsid w:val="00991235"/>
     <w:rsid w:val="009A155A"/>
     <w:rsid w:val="009A3C52"/>
     <w:rsid w:val="009B28DF"/>
     <w:rsid w:val="009B65A2"/>
     <w:rsid w:val="009B7F45"/>
-    <w:rsid w:val="009C3AA7"/>
     <w:rsid w:val="009D0491"/>
     <w:rsid w:val="009F7EB2"/>
     <w:rsid w:val="00A1392F"/>
     <w:rsid w:val="00A215F0"/>
     <w:rsid w:val="00A32CD4"/>
     <w:rsid w:val="00A408DE"/>
     <w:rsid w:val="00A572B5"/>
     <w:rsid w:val="00A640ED"/>
     <w:rsid w:val="00A85AA8"/>
     <w:rsid w:val="00AB5BDA"/>
-    <w:rsid w:val="00AD376E"/>
     <w:rsid w:val="00AE478D"/>
     <w:rsid w:val="00B52EA5"/>
     <w:rsid w:val="00BA4A03"/>
     <w:rsid w:val="00BB28FF"/>
     <w:rsid w:val="00BD6CCE"/>
     <w:rsid w:val="00BE4E58"/>
     <w:rsid w:val="00C11689"/>
     <w:rsid w:val="00C16732"/>
     <w:rsid w:val="00C32C44"/>
     <w:rsid w:val="00C35519"/>
     <w:rsid w:val="00C61362"/>
     <w:rsid w:val="00C619B0"/>
     <w:rsid w:val="00C9232D"/>
-    <w:rsid w:val="00C92364"/>
     <w:rsid w:val="00CB711D"/>
     <w:rsid w:val="00CC7E63"/>
     <w:rsid w:val="00CD52D3"/>
     <w:rsid w:val="00CD7570"/>
     <w:rsid w:val="00D70E22"/>
-    <w:rsid w:val="00D74631"/>
     <w:rsid w:val="00DA298E"/>
     <w:rsid w:val="00DD7DA7"/>
     <w:rsid w:val="00DE1023"/>
     <w:rsid w:val="00E026DA"/>
     <w:rsid w:val="00E07BFA"/>
     <w:rsid w:val="00E54EBA"/>
     <w:rsid w:val="00EA1988"/>
     <w:rsid w:val="00EC0BA5"/>
     <w:rsid w:val="00EC6191"/>
     <w:rsid w:val="00EF18A6"/>
     <w:rsid w:val="00F36ED1"/>
     <w:rsid w:val="00F502EF"/>
     <w:rsid w:val="00F66016"/>
     <w:rsid w:val="00F71C3B"/>
     <w:rsid w:val="00F77959"/>
-    <w:rsid w:val="00F81509"/>
     <w:rsid w:val="00FA6851"/>
     <w:rsid w:val="00FB7BA6"/>
     <w:rsid w:val="00FD2ECC"/>
     <w:rsid w:val="00FD3C34"/>
     <w:rsid w:val="00FD7FDC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
@@ -5031,51 +5271,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1770464499">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 테마">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5339,66 +5579,66 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0D8EDE6E-61B1-4173-8995-9AEB616CC2E6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>92</Words>
-  <Characters>527</Characters>
+  <Characters>529</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>제목</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Form2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>618</CharactersWithSpaces>
+  <CharactersWithSpaces>620</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Form2</dc:title>
   <dc:creator>SMI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>