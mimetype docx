--- v0 (2025-10-21)
+++ v1 (2026-02-06)
@@ -215,226 +215,248 @@
           <w:tcPr>
             <w:tcW w:w="10065" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
           <w:p w14:paraId="62A5366B" w14:textId="77777777" w:rsidR="00EF3291" w:rsidRPr="009E45B7" w:rsidRDefault="00EF3291" w:rsidP="0094197E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF3291" w:rsidRPr="009E45B7" w14:paraId="75361C21" w14:textId="77777777" w:rsidTr="005E1668">
         <w:trPr>
           <w:trHeight w:val="225"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6293" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7828D0DC" w14:textId="67242A12" w:rsidR="00EF3291" w:rsidRPr="009E45B7" w:rsidRDefault="00EF3291" w:rsidP="003F3B77">
+          <w:p w14:paraId="7828D0DC" w14:textId="21DA25F0" w:rsidR="00EF3291" w:rsidRPr="009E45B7" w:rsidRDefault="00EF3291" w:rsidP="003F3B77">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:ind w:right="560"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="008622CF">
+            <w:r w:rsidR="00F21853">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidR="001817B9">
+            <w:r w:rsidR="00F21853">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="00BE3847">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="008622CF">
+            <w:r w:rsidR="00F21853">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>19</w:t>
+              <w:t>23</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00E24451">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>금</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">) ~ </w:t>
             </w:r>
-            <w:r w:rsidR="003F3B77">
+            <w:r w:rsidR="00F21853">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008622CF">
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="003F3B77">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>21</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="009E45B7">
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="008622CF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">(일), </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009E45B7">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00F21853">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">KINTEX  </w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>|</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve">(일), </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:t xml:space="preserve">KINTEX  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E45B7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="282828"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>|</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009E45B7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="282828"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>www.</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>autosalon</w:t>
             </w:r>
             <w:r w:rsidR="008622CF">
@@ -443,51 +465,51 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>korea</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3772" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50E17AF0" w14:textId="4BF1429D" w:rsidR="00EF3291" w:rsidRPr="009E45B7" w:rsidRDefault="00EF3291" w:rsidP="000476C0">
+          <w:p w14:paraId="50E17AF0" w14:textId="6596ADD1" w:rsidR="00EF3291" w:rsidRPr="009E45B7" w:rsidRDefault="00EF3291" w:rsidP="000476C0">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3581"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -495,93 +517,104 @@
               <w:t>제출기한 :</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003F3B77">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00FA4A99">
+            <w:r w:rsidR="00F21853">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>5.8</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0012551C">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA4A99">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00FA4A99">
+            <w:r w:rsidR="00F21853">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00E2264A">
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="0012551C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F21853">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>24</w:t>
             </w:r>
             <w:r w:rsidR="00854A7A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(목)</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>까지</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1108,51 +1141,50 @@
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>자</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3458" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31B3D68B" w14:textId="77777777" w:rsidR="009117AD" w:rsidRPr="002E2B96" w:rsidRDefault="009117AD" w:rsidP="00D105E1">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B3A4D77" w14:textId="77777777" w:rsidR="009117AD" w:rsidRPr="009E45B7" w:rsidRDefault="00D105E1" w:rsidP="005E1668">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -1258,51 +1290,50 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>락</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 처</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3458" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3782BEE2" w14:textId="77777777" w:rsidR="009117AD" w:rsidRPr="002E2B96" w:rsidRDefault="009117AD" w:rsidP="00D105E1">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DE1BB2B" w14:textId="77777777" w:rsidR="009117AD" w:rsidRPr="009E45B7" w:rsidRDefault="009117AD" w:rsidP="00145641">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
@@ -3115,51 +3146,51 @@
                                 <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                                   <a:srgbClr val="808080"/>
                                 </a:outerShdw>
                               </a:effectLst>
                             </a14:hiddenEffects>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="39ABAB32" id="Rectangle 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.7pt;margin-top:8.2pt;width:490.45pt;height:163.7pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCbOoAPAwIAAPoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N74o2SRWnNUqq60q&#10;bduVtv0AgvFFxQwdSJz06ztgJxu1b1VfEDPAmTNnDpv7U6/ZUaHrwJQ8m6WcKSOh6kxT8u/fnj6s&#10;OHNemEpoMKrkZ+X4/fb9u81gC5VDC7pSyAjEuGKwJW+9t0WSONmqXrgZWGXosAbshacQm6RCMRB6&#10;r5M8Te+SAbCyCFI5R9nH8ZBvI35dK+m/1rVTnumSEzcfV4zrPqzJdiOKBoVtOznREP/AohedoaJX&#10;qEfhBTtg9xdU30kEB7WfSegTqOtOqtgDdZOlf3Tz2gqrYi8kjrNXmdz/g5Vfjq/2BQN1Z59B/nDM&#10;wK4VplEPiDC0SlRULgtCJYN1xfVBCBw9ZfvhM1Q0WnHwEDU41dgHQOqOnaLU56vU6uSZpORdnq+W&#10;2YIzSWd5ulyt13EYiSguzy06/1FBz8Km5EizjPDi+Ox8oCOKy5VIH3RXPXVaxyD4R+00sqOgye+b&#10;LD7Vh564jrn1Ik2n+VOaXDKmLyyiAwNCLORuwbUJJQyEYiOPMaOi3yZyF3mCE12xh+pMUiGMBqQP&#10;Q5sW8BdnA5mv5O7nQaDiTH8yJPc6m8+DW2MwXyxzCvD2ZH97IowkqJJ7zsbtzo8OP1jsmpYqjd0b&#10;eKAR1V0U743VNFgyWGx1+gzBwbdxvPX2Zbe/AQAA//8DAFBLAwQUAAYACAAAACEAp/pnUeEAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hIXNCWjo11K02nCbHjJigcOGaNaSsa&#10;p2vSruzXY05wsuz39Py9dDPaRgzY+dqRgtk0AoFUOFNTqeD9bTdZgfBBk9GNI1TwjR422fVVqhPj&#10;zvSKQx5KwSHkE62gCqFNpPRFhVb7qWuRWPt0ndWB166UptNnDreNvI+ipbS6Jv5Q6RafKiy+8t4q&#10;eDns93G+i+9OW4ouxeW5/zgNqNTtzbh9BBFwDH9m+MVndMiY6eh6Ml40CiazBTv5vuTJ+jpeP4A4&#10;Kpgv5iuQWSr/N8h+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJs6gA8DAgAA+gMAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKf6Z1HhAAAACQEA&#10;AA8AAAAAAAAAAAAAAAAAXQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" fillcolor="#f2f2f2 [3052]" stroked="f"/>
+              <v:rect w14:anchorId="25E24B36" id="Rectangle 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.7pt;margin-top:8.2pt;width:490.45pt;height:163.7pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCbOoAPAwIAAPoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N74o2SRWnNUqq60q&#10;bduVtv0AgvFFxQwdSJz06ztgJxu1b1VfEDPAmTNnDpv7U6/ZUaHrwJQ8m6WcKSOh6kxT8u/fnj6s&#10;OHNemEpoMKrkZ+X4/fb9u81gC5VDC7pSyAjEuGKwJW+9t0WSONmqXrgZWGXosAbshacQm6RCMRB6&#10;r5M8Te+SAbCyCFI5R9nH8ZBvI35dK+m/1rVTnumSEzcfV4zrPqzJdiOKBoVtOznREP/AohedoaJX&#10;qEfhBTtg9xdU30kEB7WfSegTqOtOqtgDdZOlf3Tz2gqrYi8kjrNXmdz/g5Vfjq/2BQN1Z59B/nDM&#10;wK4VplEPiDC0SlRULgtCJYN1xfVBCBw9ZfvhM1Q0WnHwEDU41dgHQOqOnaLU56vU6uSZpORdnq+W&#10;2YIzSWd5ulyt13EYiSguzy06/1FBz8Km5EizjPDi+Ox8oCOKy5VIH3RXPXVaxyD4R+00sqOgye+b&#10;LD7Vh564jrn1Ik2n+VOaXDKmLyyiAwNCLORuwbUJJQyEYiOPMaOi3yZyF3mCE12xh+pMUiGMBqQP&#10;Q5sW8BdnA5mv5O7nQaDiTH8yJPc6m8+DW2MwXyxzCvD2ZH97IowkqJJ7zsbtzo8OP1jsmpYqjd0b&#10;eKAR1V0U743VNFgyWGx1+gzBwbdxvPX2Zbe/AQAA//8DAFBLAwQUAAYACAAAACEAp/pnUeEAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hIXNCWjo11K02nCbHjJigcOGaNaSsa&#10;p2vSruzXY05wsuz39Py9dDPaRgzY+dqRgtk0AoFUOFNTqeD9bTdZgfBBk9GNI1TwjR422fVVqhPj&#10;zvSKQx5KwSHkE62gCqFNpPRFhVb7qWuRWPt0ndWB166UptNnDreNvI+ipbS6Jv5Q6RafKiy+8t4q&#10;eDns93G+i+9OW4ouxeW5/zgNqNTtzbh9BBFwDH9m+MVndMiY6eh6Ml40CiazBTv5vuTJ+jpeP4A4&#10;Kpgv5iuQWSr/N8h+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJs6gA8DAgAA+gMAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKf6Z1HhAAAACQEA&#10;AA8AAAAAAAAAAAAAAAAAXQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" fillcolor="#f2f2f2 [3052]" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="33D0EAC6" w14:textId="77777777" w:rsidR="009117AD" w:rsidRPr="009E45B7" w:rsidRDefault="009117AD" w:rsidP="008B79E2">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:firstLineChars="200" w:firstLine="360"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
           <w:b/>
           <w:color w:val="00B0F0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E45B7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="00B0F0"/>
           <w:kern w:val="0"/>
@@ -3818,78 +3849,78 @@
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="2731"/>
       </w:tblGrid>
       <w:tr w:rsidR="00145641" w:rsidRPr="009E45B7" w14:paraId="662EBDCB" w14:textId="77777777" w:rsidTr="00145641">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76C2037E" w14:textId="77777777" w:rsidR="00145641" w:rsidRPr="009E45B7" w:rsidRDefault="00145641" w:rsidP="0023064E">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2731" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C0CE80C" w14:textId="365DC5C4" w:rsidR="00145641" w:rsidRPr="009E45B7" w:rsidRDefault="00E24451" w:rsidP="000476C0">
+          <w:p w14:paraId="0C0CE80C" w14:textId="21502ED2" w:rsidR="00145641" w:rsidRPr="009E45B7" w:rsidRDefault="00E24451" w:rsidP="000476C0">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00E2264A">
+            <w:r w:rsidR="00F21853">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00145641" w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00145641" w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>년</w:t>
             </w:r>
             <w:r w:rsidR="00145641" w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
@@ -4142,58 +4173,58 @@
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="282828"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>사무국 귀중</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C51BCA" w:rsidRPr="009E45B7" w:rsidSect="00EF3291">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11452" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E473A61" w14:textId="77777777" w:rsidR="00C556FD" w:rsidRDefault="00C556FD" w:rsidP="00C51BCA">
+    <w:p w14:paraId="65F16CE7" w14:textId="77777777" w:rsidR="00E91C25" w:rsidRDefault="00E91C25" w:rsidP="00C51BCA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="318B2A74" w14:textId="77777777" w:rsidR="00C556FD" w:rsidRDefault="00C556FD" w:rsidP="00C51BCA">
+    <w:p w14:paraId="62BDA6C0" w14:textId="77777777" w:rsidR="00E91C25" w:rsidRDefault="00E91C25" w:rsidP="00C51BCA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="맑은 고딕">
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="굴림">
@@ -4358,51 +4389,51 @@
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> info@autosalon</w:t>
                           </w:r>
                           <w:r w:rsidR="00FC4E3C">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>korea</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>.com</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="7E00AB65" w14:textId="6D7E15F8" w:rsidR="00556FB9" w:rsidRPr="00365C9F" w:rsidRDefault="00D43C51" w:rsidP="00CC2DF6">
+                        <w:p w14:paraId="7E00AB65" w14:textId="684FF5B1" w:rsidR="00556FB9" w:rsidRPr="00365C9F" w:rsidRDefault="00D43C51" w:rsidP="00CC2DF6">
                           <w:pPr>
                             <w:pStyle w:val="a9"/>
                             <w:spacing w:line="240" w:lineRule="auto"/>
                             <w:jc w:val="left"/>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>㈜</w:t>
                           </w:r>
                           <w:proofErr w:type="spellStart"/>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
@@ -4421,105 +4452,205 @@
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:proofErr w:type="gramStart"/>
                           <w:r w:rsidR="003F3B77">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>Tel :</w:t>
                           </w:r>
                           <w:proofErr w:type="gramEnd"/>
                           <w:r w:rsidR="003F3B77">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> </w:t>
+                            <w:t xml:space="preserve"> 0</w:t>
                           </w:r>
-                          <w:r w:rsidR="00425753" w:rsidRPr="00425753">
+                          <w:r w:rsidR="002207D0">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t>070-5095-9913/</w:t>
+                            <w:t>70</w:t>
                           </w:r>
-                          <w:proofErr w:type="gramStart"/>
-                          <w:r w:rsidR="00425753" w:rsidRPr="00425753">
+                          <w:r w:rsidR="003F3B77">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>-</w:t>
+                          </w:r>
+                          <w:r w:rsidR="002207D0">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t>16 /</w:t>
+                            <w:t>5095</w:t>
+                          </w:r>
+                          <w:r w:rsidR="003F3B77">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>-</w:t>
+                          </w:r>
+                          <w:r w:rsidR="002207D0">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>9913/</w:t>
+                          </w:r>
+                          <w:proofErr w:type="gramStart"/>
+                          <w:r w:rsidR="002207D0">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>9916</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> /</w:t>
                           </w:r>
                           <w:proofErr w:type="gramEnd"/>
-                          <w:r w:rsidR="00425753" w:rsidRPr="00425753">
+                          <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
-                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:proofErr w:type="gramStart"/>
-                          <w:r w:rsidR="00425753" w:rsidRPr="00425753">
+                          <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
-                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>Fax :</w:t>
                           </w:r>
                           <w:proofErr w:type="gramEnd"/>
-                          <w:r w:rsidR="00425753" w:rsidRPr="00425753">
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> 02-</w:t>
+                          </w:r>
+                          <w:r w:rsidR="002207D0">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> 02-865-5877</w:t>
+                            <w:t>865</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>-</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00675A5B">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>58</w:t>
+                          </w:r>
+                          <w:r w:rsidR="002207D0">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>77</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:roundrect w14:anchorId="43381685" id="AutoShape 1" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:-1.5pt;margin-top:3.8pt;width:501.3pt;height:37.5pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBwMWB0JAIAAEcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zSlTdmo6WrVpQhp&#10;uYiFD3Bs5wKOx4zdpuXrmTht6QJPiDxYMxnPmTNnxqvbQ2fYXqNvwRY8nUw501aCam1d8C+fty9e&#10;ceaDsEoYsLrgR+357fr5s1Xvcj2DBozSyAjE+rx3BW9CcHmSeNnoTvgJOG0pWAF2IpCLdaJQ9ITe&#10;mWQ2nWZJD6gcgtTe09/7McjXEb+qtAwfqsrrwEzBiVuIJ8azHM5kvRJ5jcI1rTzREP/AohOtpaIX&#10;qHsRBNth+wdU10oED1WYSOgSqKpW6tgDdZNOf+vmsRFOx15IHO8uMvn/Byvf7x/dRxyoe/cA8ptn&#10;FjaNsLW+Q4S+0UJRuXQQKumdzy8Jg+MplZX9O1A0WrELEDU4VNgNgNQdO0Spjxep9SEwST+zl1m2&#10;SGkikmLzZTZbxFkkIj9nO/ThjYaODUbBEXZWfaJ5xhJi/+BD1FsxK7qhuvrKWdUZmt5eGJZmWbaM&#10;pEV+ukzYZ8zYLphWbVtjooN1uTHIKLXg2/idkv31NWNZX/CbxWwRWTyJ+WuIafz+BhH7iFs3SPva&#10;qmgH0ZrRJpbGnrQe5B022efhUB7o4mCWoI6kOsK4y/T2yGgAf3DW0x4X3H/fCdScmbeWJneTzufD&#10;4kdnvljOyMHrSHkdEVYSVMFlQM5GZxPG57Jz2NYN1Upj7xbuaN5VG86LMfI6MadtJevJc7j2461f&#10;73/9EwAA//8DAFBLAwQUAAYACAAAACEAxD3pkN4AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DMBBE70j8g7VIXFDr0KC0SbOpUBEn6IGWD3DjJYkar4PttIGvx5zgtqMZzbwtN5PpxZmc7ywj&#10;3M8TEMS11R03CO+H59kKhA+KteotE8IXedhU11elKrS98Bud96ERsYR9oRDaEIZCSl+3ZJSf24E4&#10;eh/WGRWidI3UTl1iuenlIkkyaVTHcaFVA21bqk/70SA0u8+Ul4f0JX8YgpOvdvzePt0h3t5Mj2sQ&#10;gabwF4Zf/IgOVWQ62pG1Fz3CLI2vBIRlBiLaeZ7H44iwWmQgq1L+569+AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAHAxYHQkAgAARwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAMQ96ZDeAAAABwEAAA8AAAAAAAAAAAAAAAAAfgQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="6F17C580" w14:textId="035F51C1" w:rsidR="00D43C51" w:rsidRPr="00D43C51" w:rsidRDefault="00D43C51" w:rsidP="00CC2DF6">
@@ -4588,51 +4719,51 @@
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> info@autosalon</w:t>
                     </w:r>
                     <w:r w:rsidR="00FC4E3C">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>korea</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>.com</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="7E00AB65" w14:textId="6D7E15F8" w:rsidR="00556FB9" w:rsidRPr="00365C9F" w:rsidRDefault="00D43C51" w:rsidP="00CC2DF6">
+                  <w:p w14:paraId="7E00AB65" w14:textId="684FF5B1" w:rsidR="00556FB9" w:rsidRPr="00365C9F" w:rsidRDefault="00D43C51" w:rsidP="00CC2DF6">
                     <w:pPr>
                       <w:pStyle w:val="a9"/>
                       <w:spacing w:line="240" w:lineRule="auto"/>
                       <w:jc w:val="left"/>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>㈜</w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
@@ -4651,371 +4782,466 @@
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:proofErr w:type="gramStart"/>
                     <w:r w:rsidR="003F3B77">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>Tel :</w:t>
                     </w:r>
                     <w:proofErr w:type="gramEnd"/>
                     <w:r w:rsidR="003F3B77">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> </w:t>
+                      <w:t xml:space="preserve"> 0</w:t>
                     </w:r>
-                    <w:r w:rsidR="00425753" w:rsidRPr="00425753">
+                    <w:r w:rsidR="002207D0">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t>070-5095-9913/</w:t>
+                      <w:t>70</w:t>
                     </w:r>
-                    <w:proofErr w:type="gramStart"/>
-                    <w:r w:rsidR="00425753" w:rsidRPr="00425753">
+                    <w:r w:rsidR="003F3B77">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>-</w:t>
+                    </w:r>
+                    <w:r w:rsidR="002207D0">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t>16 /</w:t>
+                      <w:t>5095</w:t>
+                    </w:r>
+                    <w:r w:rsidR="003F3B77">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>-</w:t>
+                    </w:r>
+                    <w:r w:rsidR="002207D0">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>9913/</w:t>
+                    </w:r>
+                    <w:proofErr w:type="gramStart"/>
+                    <w:r w:rsidR="002207D0">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>9916</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> /</w:t>
                     </w:r>
                     <w:proofErr w:type="gramEnd"/>
-                    <w:r w:rsidR="00425753" w:rsidRPr="00425753">
+                    <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
-                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:proofErr w:type="gramStart"/>
-                    <w:r w:rsidR="00425753" w:rsidRPr="00425753">
+                    <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
-                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>Fax :</w:t>
                     </w:r>
                     <w:proofErr w:type="gramEnd"/>
-                    <w:r w:rsidR="00425753" w:rsidRPr="00425753">
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> 02-</w:t>
+                    </w:r>
+                    <w:r w:rsidR="002207D0">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> 02-865-5877</w:t>
+                      <w:t>865</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>-</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00675A5B">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>58</w:t>
+                    </w:r>
+                    <w:r w:rsidR="002207D0">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>77</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:roundrect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="7791414C" w14:textId="77777777" w:rsidR="00556FB9" w:rsidRDefault="00556FB9" w:rsidP="00556FB9">
     <w:pPr>
       <w:pStyle w:val="a9"/>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="6"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1A82E95D" w14:textId="77777777" w:rsidR="00556FB9" w:rsidRDefault="00556FB9">
     <w:pPr>
       <w:pStyle w:val="a4"/>
       <w:rPr>
         <w:lang w:eastAsia="ko-KR"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="00CA4E56" w14:textId="77777777" w:rsidR="00C556FD" w:rsidRDefault="00C556FD" w:rsidP="00C51BCA">
+    <w:p w14:paraId="7DABA585" w14:textId="77777777" w:rsidR="00E91C25" w:rsidRDefault="00E91C25" w:rsidP="00C51BCA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B6D28CB" w14:textId="77777777" w:rsidR="00C556FD" w:rsidRDefault="00C556FD" w:rsidP="00C51BCA">
+    <w:p w14:paraId="56FE3A23" w14:textId="77777777" w:rsidR="00E91C25" w:rsidRDefault="00E91C25" w:rsidP="00C51BCA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="800"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00326EF8"/>
     <w:rsid w:val="000025BB"/>
     <w:rsid w:val="000244E7"/>
     <w:rsid w:val="000315F3"/>
-    <w:rsid w:val="00033F63"/>
     <w:rsid w:val="000476C0"/>
     <w:rsid w:val="00081BD4"/>
     <w:rsid w:val="00084AFE"/>
     <w:rsid w:val="00085747"/>
     <w:rsid w:val="000B27A6"/>
     <w:rsid w:val="000B3169"/>
     <w:rsid w:val="000C39CE"/>
     <w:rsid w:val="000D0F84"/>
     <w:rsid w:val="000E3B7C"/>
     <w:rsid w:val="0012551C"/>
     <w:rsid w:val="00125DDD"/>
     <w:rsid w:val="00145641"/>
     <w:rsid w:val="001817B9"/>
     <w:rsid w:val="001A256B"/>
     <w:rsid w:val="001B04A5"/>
     <w:rsid w:val="001B2260"/>
     <w:rsid w:val="001D2F20"/>
     <w:rsid w:val="001E2FBC"/>
     <w:rsid w:val="0020421F"/>
     <w:rsid w:val="002079A8"/>
+    <w:rsid w:val="002207D0"/>
     <w:rsid w:val="0023064E"/>
     <w:rsid w:val="0027451F"/>
     <w:rsid w:val="00291CE4"/>
+    <w:rsid w:val="0029310D"/>
     <w:rsid w:val="002B0837"/>
     <w:rsid w:val="002E2B96"/>
     <w:rsid w:val="0030472D"/>
     <w:rsid w:val="00310989"/>
     <w:rsid w:val="00326EF8"/>
     <w:rsid w:val="00327DE9"/>
     <w:rsid w:val="003421B8"/>
     <w:rsid w:val="00365C9F"/>
     <w:rsid w:val="00365CBC"/>
     <w:rsid w:val="00371CCA"/>
     <w:rsid w:val="003C488C"/>
     <w:rsid w:val="003D203E"/>
     <w:rsid w:val="003F3B77"/>
-    <w:rsid w:val="00425753"/>
-    <w:rsid w:val="004269CF"/>
     <w:rsid w:val="00446F95"/>
     <w:rsid w:val="00462252"/>
     <w:rsid w:val="0048657D"/>
     <w:rsid w:val="004A3F96"/>
     <w:rsid w:val="004D6830"/>
     <w:rsid w:val="004F2BDB"/>
-    <w:rsid w:val="00507481"/>
     <w:rsid w:val="00526EB7"/>
     <w:rsid w:val="00533D88"/>
     <w:rsid w:val="00556FB9"/>
     <w:rsid w:val="0056746A"/>
     <w:rsid w:val="00575ABE"/>
     <w:rsid w:val="00591DE3"/>
     <w:rsid w:val="00592D9B"/>
     <w:rsid w:val="005E1668"/>
     <w:rsid w:val="006355AF"/>
     <w:rsid w:val="00644D47"/>
     <w:rsid w:val="0065059A"/>
     <w:rsid w:val="00652C71"/>
     <w:rsid w:val="006616C1"/>
+    <w:rsid w:val="00675A5B"/>
     <w:rsid w:val="006A1F9C"/>
+    <w:rsid w:val="006B1D99"/>
     <w:rsid w:val="006B36AB"/>
     <w:rsid w:val="006C1558"/>
     <w:rsid w:val="006C1944"/>
     <w:rsid w:val="006D0D7A"/>
     <w:rsid w:val="006F0D3D"/>
     <w:rsid w:val="006F4D67"/>
-    <w:rsid w:val="0071487C"/>
     <w:rsid w:val="00726ECB"/>
     <w:rsid w:val="00743B86"/>
     <w:rsid w:val="007441DB"/>
     <w:rsid w:val="007B0310"/>
-    <w:rsid w:val="007C2678"/>
     <w:rsid w:val="00816DFB"/>
     <w:rsid w:val="00816E2A"/>
-    <w:rsid w:val="0083564B"/>
     <w:rsid w:val="00847F57"/>
     <w:rsid w:val="00850019"/>
     <w:rsid w:val="00850472"/>
     <w:rsid w:val="00854A7A"/>
     <w:rsid w:val="00857056"/>
     <w:rsid w:val="008622CF"/>
     <w:rsid w:val="00883AB9"/>
     <w:rsid w:val="0088410A"/>
     <w:rsid w:val="008B0F05"/>
     <w:rsid w:val="008B79E2"/>
     <w:rsid w:val="008C49F6"/>
     <w:rsid w:val="008C7867"/>
     <w:rsid w:val="008D128E"/>
     <w:rsid w:val="008D1D1C"/>
     <w:rsid w:val="009018C6"/>
     <w:rsid w:val="0090525A"/>
     <w:rsid w:val="00911204"/>
     <w:rsid w:val="009117AD"/>
-    <w:rsid w:val="009140BC"/>
     <w:rsid w:val="00932EA5"/>
     <w:rsid w:val="00941637"/>
+    <w:rsid w:val="00950DEE"/>
     <w:rsid w:val="0095589D"/>
     <w:rsid w:val="009813AC"/>
     <w:rsid w:val="0099730A"/>
-    <w:rsid w:val="009B54CE"/>
     <w:rsid w:val="009D34ED"/>
     <w:rsid w:val="009D35A9"/>
     <w:rsid w:val="009E45B7"/>
     <w:rsid w:val="00A070BC"/>
-    <w:rsid w:val="00A07F75"/>
-    <w:rsid w:val="00A12AD2"/>
     <w:rsid w:val="00A2246B"/>
     <w:rsid w:val="00A461B2"/>
     <w:rsid w:val="00A511B8"/>
     <w:rsid w:val="00AA1877"/>
     <w:rsid w:val="00AB4BCC"/>
     <w:rsid w:val="00AF215E"/>
     <w:rsid w:val="00B10576"/>
     <w:rsid w:val="00B12C0D"/>
     <w:rsid w:val="00B21BCC"/>
     <w:rsid w:val="00B247FB"/>
     <w:rsid w:val="00B27080"/>
     <w:rsid w:val="00B40C9B"/>
     <w:rsid w:val="00B47A33"/>
     <w:rsid w:val="00B53BFC"/>
     <w:rsid w:val="00B621CE"/>
     <w:rsid w:val="00B63CA8"/>
     <w:rsid w:val="00B64F50"/>
     <w:rsid w:val="00B67215"/>
     <w:rsid w:val="00BD1CA6"/>
     <w:rsid w:val="00BD3F73"/>
     <w:rsid w:val="00BD6FCD"/>
     <w:rsid w:val="00BE3847"/>
     <w:rsid w:val="00BF77D1"/>
     <w:rsid w:val="00C1706C"/>
     <w:rsid w:val="00C17532"/>
     <w:rsid w:val="00C47364"/>
     <w:rsid w:val="00C51BCA"/>
-    <w:rsid w:val="00C556FD"/>
     <w:rsid w:val="00C60E11"/>
     <w:rsid w:val="00CA2AB5"/>
     <w:rsid w:val="00CB2003"/>
     <w:rsid w:val="00CB33E8"/>
     <w:rsid w:val="00CC2DF6"/>
     <w:rsid w:val="00CF68D0"/>
     <w:rsid w:val="00CF6DB9"/>
     <w:rsid w:val="00D105E1"/>
     <w:rsid w:val="00D17D63"/>
     <w:rsid w:val="00D2153A"/>
     <w:rsid w:val="00D43C51"/>
     <w:rsid w:val="00D62FFA"/>
     <w:rsid w:val="00D8360E"/>
     <w:rsid w:val="00D959E5"/>
     <w:rsid w:val="00DA26E3"/>
     <w:rsid w:val="00DC3CEA"/>
     <w:rsid w:val="00DF07E8"/>
     <w:rsid w:val="00E2264A"/>
     <w:rsid w:val="00E24451"/>
     <w:rsid w:val="00E26342"/>
     <w:rsid w:val="00E353EC"/>
     <w:rsid w:val="00E41CF7"/>
     <w:rsid w:val="00E47FC1"/>
     <w:rsid w:val="00E615D4"/>
+    <w:rsid w:val="00E91C25"/>
     <w:rsid w:val="00E9775A"/>
     <w:rsid w:val="00EC73D2"/>
     <w:rsid w:val="00ED185C"/>
     <w:rsid w:val="00ED4DC8"/>
     <w:rsid w:val="00ED655E"/>
     <w:rsid w:val="00EF26DE"/>
     <w:rsid w:val="00EF2B78"/>
     <w:rsid w:val="00EF3291"/>
     <w:rsid w:val="00F036FF"/>
     <w:rsid w:val="00F07214"/>
+    <w:rsid w:val="00F21853"/>
     <w:rsid w:val="00F710E0"/>
     <w:rsid w:val="00F90AFB"/>
     <w:rsid w:val="00FA4A99"/>
     <w:rsid w:val="00FC068F"/>
     <w:rsid w:val="00FC4E3C"/>
     <w:rsid w:val="00FC79D7"/>
     <w:rsid w:val="00FF429B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
@@ -5420,50 +5646,51 @@
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C51BCA"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:wordWrap w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr>
       <w:hidden/>
     </w:trPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
@@ -5938,74 +6165,74 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7EF7136C-EEA9-4311-B818-654EBA418DE5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>108</Words>
-  <Characters>619</Characters>
+  <Characters>621</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>제목</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>726</CharactersWithSpaces>
+  <CharactersWithSpaces>728</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>5177367</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.autosalonweek.com/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>