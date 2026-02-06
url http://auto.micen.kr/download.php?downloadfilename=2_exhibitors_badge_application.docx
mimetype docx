--- v0 (2025-10-21)
+++ v1 (2026-02-06)
@@ -1,39 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7BAB46F0" w14:textId="77777777" w:rsidR="003E53BA" w:rsidRDefault="003E53BA"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a7"/>
         <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -173,203 +178,180 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007461BE" w:rsidRPr="000740DA" w14:paraId="645B103B" w14:textId="77777777" w:rsidTr="00C96404">
         <w:trPr>
           <w:trHeight w:val="64"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10065" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
           <w:p w14:paraId="56C87C72" w14:textId="77777777" w:rsidR="003E53BA" w:rsidRPr="000740DA" w:rsidRDefault="003E53BA" w:rsidP="00C96404">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E53BA" w:rsidRPr="000740DA" w14:paraId="1E49A4A6" w14:textId="77777777" w:rsidTr="00E822DF">
+      <w:tr w:rsidR="00D756E6" w:rsidRPr="000740DA" w14:paraId="1E49A4A6" w14:textId="77777777" w:rsidTr="00E822DF">
         <w:trPr>
           <w:trHeight w:val="225"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6292" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="148A9A14" w14:textId="6C6DFF80" w:rsidR="003E53BA" w:rsidRPr="009E45B7" w:rsidRDefault="003E53BA" w:rsidP="003E53BA">
+          <w:p w14:paraId="148A9A14" w14:textId="4FD4A1FF" w:rsidR="00D756E6" w:rsidRPr="009E45B7" w:rsidRDefault="00D756E6" w:rsidP="00D756E6">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="560"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>9.19</w:t>
+              <w:t>10.23</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>금</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">) ~ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>9. 21</w:t>
+              <w:t>10. 25</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">(일), </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t xml:space="preserve">(일), KINTEX  </w:t>
+            </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
-                <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">KINTEX  </w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+              <w:t xml:space="preserve">|  </w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>www.</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>autosalon</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -377,101 +359,88 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>korea</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3773" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2445A14C" w14:textId="5059113F" w:rsidR="003E53BA" w:rsidRPr="009E45B7" w:rsidRDefault="003E53BA" w:rsidP="003E53BA">
+          <w:p w14:paraId="2445A14C" w14:textId="5A2BA3DC" w:rsidR="00D756E6" w:rsidRPr="009E45B7" w:rsidRDefault="00D756E6" w:rsidP="00D756E6">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3581"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>제출기한 :</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">제출기한 : </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>2025.8. 21(목)</w:t>
+              <w:t>2026.9.24(목)</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>까지</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0A3E2516" w14:textId="77777777" w:rsidR="00070130" w:rsidRPr="000740DA" w:rsidRDefault="00070130">
       <w:pPr>
         <w:pStyle w:val="s0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="282828"/>
@@ -597,114 +566,125 @@
       <w:r w:rsidR="00972F97" w:rsidRPr="000740DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>함</w:t>
       </w:r>
       <w:r w:rsidRPr="000740DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">을 기입하여 신청하십시오. </w:t>
       </w:r>
       <w:r w:rsidR="002D25BC" w:rsidRPr="000740DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>(부스 수에 따라 차등 지급)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D75F7B2" w14:textId="5F838D54" w:rsidR="00FE26EF" w:rsidRPr="00FE26EF" w:rsidRDefault="00FE26EF" w:rsidP="00FE26EF">
+    <w:p w14:paraId="2D75F7B2" w14:textId="00FF20BC" w:rsidR="00FE26EF" w:rsidRPr="00FE26EF" w:rsidRDefault="00FE26EF" w:rsidP="00FE26EF">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000740DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:u w:color="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">■ </w:t>
       </w:r>
       <w:r w:rsidRPr="000740DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:t>출입증은 장치 공사기간</w:t>
       </w:r>
       <w:r w:rsidR="00E822DF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
-        <w:t>(9</w:t>
+        <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="000740DA">
+      <w:r w:rsidR="00BE6F06">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
-        <w:t>/</w:t>
+        <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidR="003E53BA">
+      <w:r w:rsidRPr="000740DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
-        <w:t>18</w:t>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6F06">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+        <w:t>22</w:t>
       </w:r>
       <w:r w:rsidRPr="000740DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00D158E6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:t>목</w:t>
       </w:r>
       <w:r w:rsidRPr="000740DA">
         <w:rPr>
@@ -1437,51 +1417,50 @@
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>자</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3458" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A26D7CB" w14:textId="77777777" w:rsidR="00DA4578" w:rsidRPr="000C68EB" w:rsidRDefault="00DA4578" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F319350" w14:textId="77777777" w:rsidR="00DA4578" w:rsidRPr="009E45B7" w:rsidRDefault="00DA4578" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -1558,80 +1537,57 @@
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="020B67F5" w14:textId="77777777" w:rsidR="00DA4578" w:rsidRPr="009E45B7" w:rsidRDefault="00DA4578" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">연 </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> 처</w:t>
+              <w:t>연 락 처</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3458" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A9FCFB7" w14:textId="77777777" w:rsidR="00DA4578" w:rsidRPr="000C68EB" w:rsidRDefault="00DA4578" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FF04B51" w14:textId="77777777" w:rsidR="00DA4578" w:rsidRPr="009E45B7" w:rsidRDefault="00DA4578" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
@@ -2658,215 +2614,204 @@
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="2731"/>
       </w:tblGrid>
       <w:tr w:rsidR="007461BE" w:rsidRPr="000740DA" w14:paraId="33584DC1" w14:textId="77777777" w:rsidTr="00C96404">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13456FFC" w14:textId="77777777" w:rsidR="007461BE" w:rsidRPr="000740DA" w:rsidRDefault="007461BE" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2731" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69E5E392" w14:textId="5A909A26" w:rsidR="007461BE" w:rsidRPr="000740DA" w:rsidRDefault="00252FEE" w:rsidP="00E822DF">
+          <w:p w14:paraId="69E5E392" w14:textId="207D5379" w:rsidR="007461BE" w:rsidRPr="000740DA" w:rsidRDefault="00252FEE" w:rsidP="00E822DF">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="0037540B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>25</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00D756E6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
+                <w:color w:val="282828"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="007461BE" w:rsidRPr="000740DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
+                <w:color w:val="282828"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>년</w:t>
             </w:r>
             <w:r w:rsidR="007461BE" w:rsidRPr="000740DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidR="007461BE" w:rsidRPr="000740DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>년</w:t>
+              <w:t>월</w:t>
             </w:r>
             <w:r w:rsidR="007461BE" w:rsidRPr="000740DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidR="007461BE" w:rsidRPr="000740DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>월</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007461BE" w:rsidRPr="000740DA">
+              <w:t>일</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007461BE" w:rsidRPr="000740DA" w14:paraId="3135886D" w14:textId="77777777" w:rsidTr="00C96404">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DABA64D" w14:textId="77777777" w:rsidR="007461BE" w:rsidRPr="000740DA" w:rsidRDefault="007461BE" w:rsidP="00C96404">
+            <w:pPr>
+              <w:pStyle w:val="s0"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">    </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007461BE" w:rsidRPr="000740DA">
+            </w:pPr>
+            <w:r w:rsidRPr="000740DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>일</w:t>
-[...12 lines deleted...]
-              <w:jc w:val="right"/>
+              <w:t>회사명:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D17B2DD" w14:textId="77777777" w:rsidR="007461BE" w:rsidRPr="000740DA" w:rsidRDefault="007461BE" w:rsidP="00C96404">
+            <w:pPr>
+              <w:pStyle w:val="s0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007461BE" w:rsidRPr="000740DA" w14:paraId="6802F0D3" w14:textId="77777777" w:rsidTr="00C96404">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DBF83A7" w14:textId="77777777" w:rsidR="007461BE" w:rsidRPr="000740DA" w:rsidRDefault="007461BE" w:rsidP="00C96404">
+            <w:pPr>
+              <w:pStyle w:val="s0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
+                <w:color w:val="282828"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="000740DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>회사명:</w:t>
-[...54 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>대표명:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2731" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="672A9780" w14:textId="77777777" w:rsidR="007461BE" w:rsidRPr="000740DA" w:rsidRDefault="007461BE" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:b/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000740DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
@@ -2904,121 +2849,113 @@
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
           <w:color w:val="282828"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B792AF7" w14:textId="77777777" w:rsidR="0037540B" w:rsidRPr="009E45B7" w:rsidRDefault="0037540B" w:rsidP="0037540B">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E45B7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="282828"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>「</w:t>
+        <w:t>「오토살롱</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009E45B7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="282828"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>오토살롱</w:t>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t>테크코리아</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009E45B7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="282828"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>」 사무국 귀중</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C5BBB80" w14:textId="52C06F42" w:rsidR="00070130" w:rsidRPr="0037540B" w:rsidRDefault="00070130" w:rsidP="0037540B">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00070130" w:rsidRPr="0037540B" w:rsidSect="00972F97">
-      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11452" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="095AF454" w14:textId="77777777" w:rsidR="002E0AB2" w:rsidRDefault="002E0AB2" w:rsidP="00070130">
+    <w:p w14:paraId="6C875BA4" w14:textId="77777777" w:rsidR="00E74F22" w:rsidRDefault="00E74F22" w:rsidP="00070130">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="405B48B6" w14:textId="77777777" w:rsidR="002E0AB2" w:rsidRDefault="002E0AB2" w:rsidP="00070130">
+    <w:p w14:paraId="14F625F5" w14:textId="77777777" w:rsidR="00E74F22" w:rsidRDefault="00E74F22" w:rsidP="00070130">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="맑은 고딕">
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -3026,50 +2963,60 @@
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="굴림">
     <w:altName w:val="Gulim"/>
     <w:panose1 w:val="020B0600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="바탕">
     <w:altName w:val="Batang"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0F7D1511" w14:textId="77777777" w:rsidR="00A8214F" w:rsidRDefault="00A8214F">
+    <w:pPr>
+      <w:pStyle w:val="a4"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1D98B8CA" w14:textId="77777777" w:rsidR="004D083E" w:rsidRDefault="00AB67A1">
     <w:pPr>
       <w:pStyle w:val="a4"/>
       <w:rPr>
         <w:lang w:eastAsia="ko-KR"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US" w:eastAsia="ko-KR"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B5E2C33" wp14:editId="16D29066">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>47152</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-13970</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6366510" cy="476250"/>
@@ -3087,498 +3034,494 @@
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6366510" cy="476250"/>
                       </a:xfrm>
                       <a:prstGeom prst="roundRect">
                         <a:avLst>
                           <a:gd name="adj" fmla="val 16667"/>
                         </a:avLst>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="2BEC110E" w14:textId="77777777" w:rsidR="0037540B" w:rsidRPr="00D43C51" w:rsidRDefault="0037540B" w:rsidP="0037540B">
+                        <w:p w14:paraId="445400F2" w14:textId="77777777" w:rsidR="00D74B2A" w:rsidRPr="00D43C51" w:rsidRDefault="00D74B2A" w:rsidP="00D74B2A">
                           <w:pPr>
                             <w:pStyle w:val="a8"/>
                             <w:spacing w:line="240" w:lineRule="auto"/>
                             <w:jc w:val="left"/>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:proofErr w:type="spellStart"/>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>오토살롱</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>테크코리아</w:t>
                           </w:r>
-                          <w:proofErr w:type="spellEnd"/>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> 사무국 | </w:t>
-[...21 lines deleted...]
-                            <w:t xml:space="preserve"> info@autosalon</w:t>
+                            <w:t xml:space="preserve"> 사무국 | E-mail : info@autosalon</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>korea</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>.com</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="1A57088D" w14:textId="4BACD94D" w:rsidR="0037540B" w:rsidRPr="00365C9F" w:rsidRDefault="0037540B" w:rsidP="0037540B">
+                        <w:p w14:paraId="65B53009" w14:textId="01A564EA" w:rsidR="00D74B2A" w:rsidRPr="00365C9F" w:rsidRDefault="00D74B2A" w:rsidP="00D74B2A">
                           <w:pPr>
                             <w:pStyle w:val="a8"/>
                             <w:spacing w:line="240" w:lineRule="auto"/>
                             <w:jc w:val="left"/>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t>㈜</w:t>
+                            <w:t>㈜서울메쎄</w:t>
                           </w:r>
-                          <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-                          <w:proofErr w:type="spellEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> </w:t>
+                            <w:t xml:space="preserve"> Tel : 0</w:t>
                           </w:r>
-                          <w:proofErr w:type="gramStart"/>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>70</w:t>
+                          </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t>Tel :</w:t>
+                            <w:t>-</w:t>
                           </w:r>
-                          <w:proofErr w:type="gramEnd"/>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>5095</w:t>
+                          </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> </w:t>
+                            <w:t>-</w:t>
                           </w:r>
-                          <w:r w:rsidR="00F457B0" w:rsidRPr="00F457B0">
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>9913/9916</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t>070-5095-9913/</w:t>
+                            <w:t xml:space="preserve"> / Fax : 02-</w:t>
                           </w:r>
-                          <w:proofErr w:type="gramStart"/>
-                          <w:r w:rsidR="00F457B0" w:rsidRPr="00F457B0">
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>865</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t>16 /</w:t>
+                            <w:t>-</w:t>
                           </w:r>
-                          <w:proofErr w:type="gramEnd"/>
-                          <w:r w:rsidR="00F457B0" w:rsidRPr="00F457B0">
+                          <w:r w:rsidR="00A8214F">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>58</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>77</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
-                          </w:r>
-[...20 lines deleted...]
-                            <w:t xml:space="preserve"> 02-865-5877</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="7524B5A1" w14:textId="525F4522" w:rsidR="00AB67A1" w:rsidRPr="00365C9F" w:rsidRDefault="00AB67A1" w:rsidP="00AB67A1">
                           <w:pPr>
                             <w:pStyle w:val="a8"/>
                             <w:spacing w:line="240" w:lineRule="auto"/>
                             <w:jc w:val="left"/>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:roundrect w14:anchorId="6B5E2C33" id="AutoShape 1" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:3.7pt;margin-top:-1.1pt;width:501.3pt;height:37.5pt;z-index:251659776;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBwMWB0JAIAAEcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zSlTdmo6WrVpQhp&#10;uYiFD3Bs5wKOx4zdpuXrmTht6QJPiDxYMxnPmTNnxqvbQ2fYXqNvwRY8nUw501aCam1d8C+fty9e&#10;ceaDsEoYsLrgR+357fr5s1Xvcj2DBozSyAjE+rx3BW9CcHmSeNnoTvgJOG0pWAF2IpCLdaJQ9ITe&#10;mWQ2nWZJD6gcgtTe09/7McjXEb+qtAwfqsrrwEzBiVuIJ8azHM5kvRJ5jcI1rTzREP/AohOtpaIX&#10;qHsRBNth+wdU10oED1WYSOgSqKpW6tgDdZNOf+vmsRFOx15IHO8uMvn/Byvf7x/dRxyoe/cA8ptn&#10;FjaNsLW+Q4S+0UJRuXQQKumdzy8Jg+MplZX9O1A0WrELEDU4VNgNgNQdO0Spjxep9SEwST+zl1m2&#10;SGkikmLzZTZbxFkkIj9nO/ThjYaODUbBEXZWfaJ5xhJi/+BD1FsxK7qhuvrKWdUZmt5eGJZmWbaM&#10;pEV+ukzYZ8zYLphWbVtjooN1uTHIKLXg2/idkv31NWNZX/CbxWwRWTyJ+WuIafz+BhH7iFs3SPva&#10;qmgH0ZrRJpbGnrQe5B022efhUB7o4mCWoI6kOsK4y/T2yGgAf3DW0x4X3H/fCdScmbeWJneTzufD&#10;4kdnvljOyMHrSHkdEVYSVMFlQM5GZxPG57Jz2NYN1Upj7xbuaN5VG86LMfI6MadtJevJc7j2461f&#10;73/9EwAA//8DAFBLAwQUAAYACAAAACEAkfkpE90AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QU7DMBBF90jcwRokNqi1m1a0hDgVKmJVWNByADcekoh4HGynDZy+0xUsR+/rz/vFenSdOGKIrScN&#10;s6kCgVR521Kt4WP/MlmBiMmQNZ0n1PCDEdbl9VVhcutP9I7HXaoFl1DMjYYmpT6XMlYNOhOnvkdi&#10;9umDM4nPUEsbzInLXSczpe6lMy3xh8b0uGmw+toNTkP99j2n5X6+fVj0KchXP/xunu+0vr0Znx5B&#10;JBzTXxgu+qwOJTsd/EA2ik7DcsFBDZMsA3HBaqZ424FBtgJZFvL/gPIMAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAcDFgdCQCAABHBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAkfkpE90AAAAIAQAADwAAAAAAAAAAAAAAAAB+BAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAIgFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="2BEC110E" w14:textId="77777777" w:rsidR="0037540B" w:rsidRPr="00D43C51" w:rsidRDefault="0037540B" w:rsidP="0037540B">
+                  <w:p w14:paraId="445400F2" w14:textId="77777777" w:rsidR="00D74B2A" w:rsidRPr="00D43C51" w:rsidRDefault="00D74B2A" w:rsidP="00D74B2A">
                     <w:pPr>
                       <w:pStyle w:val="a8"/>
                       <w:spacing w:line="240" w:lineRule="auto"/>
                       <w:jc w:val="left"/>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:proofErr w:type="spellStart"/>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>오토살롱</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>테크코리아</w:t>
                     </w:r>
-                    <w:proofErr w:type="spellEnd"/>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> 사무국 | </w:t>
-[...21 lines deleted...]
-                      <w:t xml:space="preserve"> info@autosalon</w:t>
+                      <w:t xml:space="preserve"> 사무국 | E-mail : info@autosalon</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>korea</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>.com</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="1A57088D" w14:textId="4BACD94D" w:rsidR="0037540B" w:rsidRPr="00365C9F" w:rsidRDefault="0037540B" w:rsidP="0037540B">
+                  <w:p w14:paraId="65B53009" w14:textId="01A564EA" w:rsidR="00D74B2A" w:rsidRPr="00365C9F" w:rsidRDefault="00D74B2A" w:rsidP="00D74B2A">
                     <w:pPr>
                       <w:pStyle w:val="a8"/>
                       <w:spacing w:line="240" w:lineRule="auto"/>
                       <w:jc w:val="left"/>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t>㈜</w:t>
+                      <w:t>㈜서울메쎄</w:t>
                     </w:r>
-                    <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-                    <w:proofErr w:type="spellEnd"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> </w:t>
+                      <w:t xml:space="preserve"> Tel : 0</w:t>
                     </w:r>
-                    <w:proofErr w:type="gramStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>70</w:t>
+                    </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t>Tel :</w:t>
+                      <w:t>-</w:t>
                     </w:r>
-                    <w:proofErr w:type="gramEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>5095</w:t>
+                    </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> </w:t>
+                      <w:t>-</w:t>
                     </w:r>
-                    <w:r w:rsidR="00F457B0" w:rsidRPr="00F457B0">
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>9913/9916</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t>070-5095-9913/</w:t>
+                      <w:t xml:space="preserve"> / Fax : 02-</w:t>
                     </w:r>
-                    <w:proofErr w:type="gramStart"/>
-                    <w:r w:rsidR="00F457B0" w:rsidRPr="00F457B0">
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>865</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t>16 /</w:t>
+                      <w:t>-</w:t>
                     </w:r>
-                    <w:proofErr w:type="gramEnd"/>
-                    <w:r w:rsidR="00F457B0" w:rsidRPr="00F457B0">
+                    <w:r w:rsidR="00A8214F">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>58</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>77</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
-                    </w:r>
-[...20 lines deleted...]
-                      <w:t xml:space="preserve"> 02-865-5877</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="7524B5A1" w14:textId="525F4522" w:rsidR="00AB67A1" w:rsidRPr="00365C9F" w:rsidRDefault="00AB67A1" w:rsidP="00AB67A1">
                     <w:pPr>
                       <w:pStyle w:val="a8"/>
                       <w:spacing w:line="240" w:lineRule="auto"/>
                       <w:jc w:val="left"/>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:roundrect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="001512FF">
       <w:rPr>
         <w:rFonts w:ascii="굴림" w:eastAsia="굴림" w:hAnsi="굴림" w:cs="굴림"/>
         <w:noProof/>
@@ -3626,420 +3569,230 @@
                       <a:ln w="9525">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="18B77666" w14:textId="77777777" w:rsidR="004D083E" w:rsidRDefault="004D083E" w:rsidP="004D083E">
                           <w:pPr>
                             <w:pStyle w:val="a8"/>
                             <w:spacing w:line="168" w:lineRule="auto"/>
                             <w:jc w:val="center"/>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t xml:space="preserve">2019 </w:t>
-[...21 lines deleted...]
-                            <w:t xml:space="preserve"> 사무국 </w:t>
+                            <w:t xml:space="preserve">2019 오토살롱위크 사무국 </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t>| KINTEX 전시2</w:t>
-[...9 lines deleted...]
-                            <w:t xml:space="preserve">팀  </w:t>
+                            <w:t xml:space="preserve">| KINTEX 전시2팀  </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>Tel</w:t>
                           </w:r>
-                          <w:proofErr w:type="gramEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> : 031)995-8094, </w:t>
+                            <w:t xml:space="preserve"> : 031)995-8094, 8099 / </w:t>
                           </w:r>
-                          <w:proofErr w:type="gramStart"/>
-[...19 lines deleted...]
-                          <w:proofErr w:type="gramStart"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>Fax</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> :</w:t>
+                            <w:t xml:space="preserve"> : 031)995-8082 / </w:t>
                           </w:r>
-                          <w:proofErr w:type="gramEnd"/>
-[...29 lines deleted...]
-                          <w:proofErr w:type="gramStart"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>E-mail</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> :</w:t>
-[...9 lines deleted...]
-                            <w:t xml:space="preserve"> auto</w:t>
+                            <w:t xml:space="preserve"> : auto</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>@kintex.com</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:roundrect w14:anchorId="26FA53E0" id="AutoShape 3" o:spid="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:27.15pt;margin-top:769.7pt;width:501.3pt;height:20.75pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCgZtzCIwIAAEwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO2yAQfa/Uf0C8N46zibdrxVmtsk1V&#10;aXtRt/0ADDimxQwFEjv79R2Ik6YX9aEqD2iGYc7MnBlY3g6dJnvpvAJT0XwypUQaDkKZbUU/f9q8&#10;eEmJD8wIpsHIih6kp7er58+WvS3lDFrQQjqCIMaXva1oG4Its8zzVnbMT8BKg8YGXMcCqm6bCcd6&#10;RO90NptOi6wHJ6wDLr3H0/ujka4SftNIHt43jZeB6IpibiHtLu113LPVkpVbx2yr+JgG+4csOqYM&#10;Bj1D3bPAyM6p36A6xR14aMKEQ5dB0yguUw1YTT79pZrHllmZakFyvD3T5P8fLH+3f7QfXEzd2wfg&#10;Xz0xsG6Z2co756BvJRMYLo9EZb315dkhKh5dSd2/BYGtZbsAiYOhcV0ExOrIkKg+nKmWQyAcD4ur&#10;oljk2BGOtllxtZgtUghWnryt8+G1hI5EoaIOdkZ8xH6mEGz/4EPiWxDDuhhdfKGk6TR2b880yYui&#10;uB4Rx8sZK0+YqVzQSmyU1klx23qtHUHXim7SGp395TVtSF/Rm5js3yGmaf0JItWRpi5S+8qIJAem&#10;9FHGLLUZuY70xkn2ZRjqgSgxNiKe1CAOSL6D40jjE0ShBfdESY/jXFH/bcecpES/MdjAm3w+j/Of&#10;lPnieoaKu7TUlxZmOEJVNFByFNfh+GZ21qlti5HyRICBO2x6o8JpOo5ZjenjyKL005u41NOtH5/A&#10;6jsAAAD//wMAUEsDBBQABgAIAAAAIQDU0t7Z3wAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwDIbvSHuHyJO4sYRtndbSdJqQ4IooHDimjWkrGqdL0q7w9KQnOPr3p9+f89Nsejah850lCfcb&#10;AQyptrqjRsL729PdEZgPirTqLaGEb/RwKlY3ucq0vdIrTmVoWCwhnykJbQhDxrmvWzTKb+yAFHef&#10;1hkV4ugarp26xnLT860QB25UR/FCqwZ8bLH+KkcjodZiFO5jekmrJJQ/03gh/nyR8nY9nx+ABZzD&#10;HwyLflSHIjpVdiTtWS8h2e8iGfNkl+6BLYRIDimwasmOIgVe5Pz/F8UvAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAKBm3MIjAgAATAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhANTS3tnfAAAADQEAAA8AAAAAAAAAAAAAAAAAfQQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="18B77666" w14:textId="77777777" w:rsidR="004D083E" w:rsidRDefault="004D083E" w:rsidP="004D083E">
                     <w:pPr>
                       <w:pStyle w:val="a8"/>
                       <w:spacing w:line="168" w:lineRule="auto"/>
                       <w:jc w:val="center"/>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t xml:space="preserve">2019 </w:t>
-[...21 lines deleted...]
-                      <w:t xml:space="preserve"> 사무국 </w:t>
+                      <w:t xml:space="preserve">2019 오토살롱위크 사무국 </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t>| KINTEX 전시2</w:t>
-[...9 lines deleted...]
-                      <w:t xml:space="preserve">팀  </w:t>
+                      <w:t xml:space="preserve">| KINTEX 전시2팀  </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>Tel</w:t>
                     </w:r>
-                    <w:proofErr w:type="gramEnd"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> : 031)995-8094, </w:t>
+                      <w:t xml:space="preserve"> : 031)995-8094, 8099 / </w:t>
                     </w:r>
-                    <w:proofErr w:type="gramStart"/>
-[...19 lines deleted...]
-                    <w:proofErr w:type="gramStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>Fax</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> :</w:t>
+                      <w:t xml:space="preserve"> : 031)995-8082 / </w:t>
                     </w:r>
-                    <w:proofErr w:type="gramEnd"/>
-[...29 lines deleted...]
-                    <w:proofErr w:type="gramStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>E-mail</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> :</w:t>
-[...9 lines deleted...]
-                      <w:t xml:space="preserve"> auto</w:t>
+                      <w:t xml:space="preserve"> : auto</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>@kintex.com</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:roundrect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="001512FF">
       <w:rPr>
         <w:rFonts w:ascii="굴림" w:eastAsia="굴림" w:hAnsi="굴림" w:cs="굴림"/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="ko-KR"/>
       </w:rPr>
@@ -4083,458 +3836,308 @@
                       <a:ln w="9525">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="00D779D5" w14:textId="77777777" w:rsidR="004D083E" w:rsidRDefault="004D083E" w:rsidP="004D083E">
                           <w:pPr>
                             <w:pStyle w:val="a8"/>
                             <w:spacing w:line="168" w:lineRule="auto"/>
                             <w:jc w:val="center"/>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t xml:space="preserve">2019 </w:t>
-[...21 lines deleted...]
-                            <w:t xml:space="preserve"> 사무국 </w:t>
+                            <w:t xml:space="preserve">2019 오토살롱위크 사무국 </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t>| KINTEX 전시2</w:t>
-[...9 lines deleted...]
-                            <w:t xml:space="preserve">팀  </w:t>
+                            <w:t xml:space="preserve">| KINTEX 전시2팀  </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>Tel</w:t>
                           </w:r>
-                          <w:proofErr w:type="gramEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> : 031)995-8094, </w:t>
+                            <w:t xml:space="preserve"> : 031)995-8094, 8099 / </w:t>
                           </w:r>
-                          <w:proofErr w:type="gramStart"/>
-[...19 lines deleted...]
-                          <w:proofErr w:type="gramStart"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>Fax</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> :</w:t>
+                            <w:t xml:space="preserve"> : 031)995-8082 / </w:t>
                           </w:r>
-                          <w:proofErr w:type="gramEnd"/>
-[...29 lines deleted...]
-                          <w:proofErr w:type="gramStart"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>E-mail</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> :</w:t>
-[...9 lines deleted...]
-                            <w:t xml:space="preserve"> auto</w:t>
+                            <w:t xml:space="preserve"> : auto</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>@kintex.com</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:roundrect w14:anchorId="334794F1" id="AutoShape 2" o:spid="_x0000_s1028" style="position:absolute;left:0;text-align:left;margin-left:27.15pt;margin-top:769.7pt;width:501.3pt;height:20.75pt;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABs7IsJAIAAEwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO2yAQfa/Uf0C8N46zibdrxVmtsk1V&#10;aXtRt/0ADDimxQwFEjv79R2Ik6YX9aEqD2iGYc7MnBlY3g6dJnvpvAJT0XwypUQaDkKZbUU/f9q8&#10;eEmJD8wIpsHIih6kp7er58+WvS3lDFrQQjqCIMaXva1oG4Its8zzVnbMT8BKg8YGXMcCqm6bCcd6&#10;RO90NptOi6wHJ6wDLr3H0/ujka4SftNIHt43jZeB6IpibiHtLu113LPVkpVbx2yr+JgG+4csOqYM&#10;Bj1D3bPAyM6p36A6xR14aMKEQ5dB0yguUw1YTT79pZrHllmZakFyvD3T5P8fLH+3f7QfXEzd2wfg&#10;Xz0xsG6Z2co756BvJRMYLo9EZb315dkhKh5dSd2/BYGtZbsAiYOhcV0ExOrIkKg+nKmWQyAcD4ur&#10;oljk2BGOtllxtZgtUghWnryt8+G1hI5EoaIOdkZ8xH6mEGz/4EPiWxDDuhhdfKGk6TR2b880yYui&#10;uB4Rx8sZK0+YqVzQSmyU1klx23qtHUHXim7SGp395TVtSF/Rm5js3yGmaf0JItWRpi5S+8qIJAem&#10;9FHGLLUZuY70xkn2ZRjqgSiBVEXMeFKDOCD5Do4jjU8QhRbcEyU9jnNF/bcdc5IS/cZgA2/y+TzO&#10;f1Lmi+sZKu7SUl9amOEIVdFAyVFch+Ob2Vmnti1GyhMBBu6w6Y0Kp+k4ZjWmjyOL0k9v4lJPt358&#10;AqvvAAAA//8DAFBLAwQUAAYACAAAACEA1NLe2d8AAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DMAyG70h7h8iTuLGEbZ3W0nSakOCKKBw4po1pKxqnS9Ku8PSkJzj696ffn/PTbHo2ofOdJQn3&#10;GwEMqba6o0bC+9vT3RGYD4q06i2hhG/0cCpWN7nKtL3SK05laFgsIZ8pCW0IQ8a5r1s0ym/sgBR3&#10;n9YZFeLoGq6dusZy0/OtEAduVEfxQqsGfGyx/ipHI6HWYhTuY3pJqySUP9N4If58kfJ2PZ8fgAWc&#10;wx8Mi35UhyI6VXYk7VkvIdnvIhnzZJfugS2ESA4psGrJjiIFXuT8/xfFLwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQABs7IsJAIAAEwEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQDU0t7Z3wAAAA0BAAAPAAAAAAAAAAAAAAAAAH4EAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAigUAAAAA&#10;">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="00D779D5" w14:textId="77777777" w:rsidR="004D083E" w:rsidRDefault="004D083E" w:rsidP="004D083E">
                     <w:pPr>
                       <w:pStyle w:val="a8"/>
                       <w:spacing w:line="168" w:lineRule="auto"/>
                       <w:jc w:val="center"/>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t xml:space="preserve">2019 </w:t>
-[...21 lines deleted...]
-                      <w:t xml:space="preserve"> 사무국 </w:t>
+                      <w:t xml:space="preserve">2019 오토살롱위크 사무국 </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t>| KINTEX 전시2</w:t>
-[...9 lines deleted...]
-                      <w:t xml:space="preserve">팀  </w:t>
+                      <w:t xml:space="preserve">| KINTEX 전시2팀  </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>Tel</w:t>
                     </w:r>
-                    <w:proofErr w:type="gramEnd"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> : 031)995-8094, </w:t>
+                      <w:t xml:space="preserve"> : 031)995-8094, 8099 / </w:t>
                     </w:r>
-                    <w:proofErr w:type="gramStart"/>
-[...19 lines deleted...]
-                    <w:proofErr w:type="gramStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>Fax</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> :</w:t>
+                      <w:t xml:space="preserve"> : 031)995-8082 / </w:t>
                     </w:r>
-                    <w:proofErr w:type="gramEnd"/>
-[...29 lines deleted...]
-                    <w:proofErr w:type="gramStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>E-mail</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> :</w:t>
-[...9 lines deleted...]
-                      <w:t xml:space="preserve"> auto</w:t>
+                      <w:t xml:space="preserve"> : auto</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>@kintex.com</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:roundrect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="141F5604" w14:textId="77777777" w:rsidR="00A8214F" w:rsidRDefault="00A8214F">
+    <w:pPr>
+      <w:pStyle w:val="a4"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="71327051" w14:textId="77777777" w:rsidR="002E0AB2" w:rsidRDefault="002E0AB2" w:rsidP="00070130">
+    <w:p w14:paraId="10281DCB" w14:textId="77777777" w:rsidR="00E74F22" w:rsidRDefault="00E74F22" w:rsidP="00070130">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5BAE7A10" w14:textId="77777777" w:rsidR="002E0AB2" w:rsidRDefault="002E0AB2" w:rsidP="00070130">
+    <w:p w14:paraId="53BF5C28" w14:textId="77777777" w:rsidR="00E74F22" w:rsidRDefault="00E74F22" w:rsidP="00070130">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1D340AF3" w14:textId="77777777" w:rsidR="00A8214F" w:rsidRDefault="00A8214F">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="185BC075" w14:textId="77777777" w:rsidR="00A8214F" w:rsidRDefault="00A8214F">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5DEE8D4A" w14:textId="77777777" w:rsidR="00A8214F" w:rsidRDefault="00A8214F">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E33576E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="429CB2D0"/>
     <w:lvl w:ilvl="0" w:tplc="4A00448C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:cs="Times New Roman" w:hint="eastAsia"/>
         <w:color w:val="auto"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -4617,230 +4220,230 @@
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4000" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1622883114">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="800"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007B0EC8"/>
     <w:rsid w:val="000515A2"/>
-    <w:rsid w:val="000602AA"/>
     <w:rsid w:val="00066742"/>
     <w:rsid w:val="00070130"/>
     <w:rsid w:val="00071ED3"/>
     <w:rsid w:val="000740DA"/>
     <w:rsid w:val="00081DF1"/>
     <w:rsid w:val="000B78B7"/>
     <w:rsid w:val="000C68EB"/>
     <w:rsid w:val="000D0A95"/>
     <w:rsid w:val="000F69A3"/>
     <w:rsid w:val="001512FF"/>
     <w:rsid w:val="00152B5A"/>
     <w:rsid w:val="001600AF"/>
     <w:rsid w:val="00170FA0"/>
     <w:rsid w:val="00176650"/>
     <w:rsid w:val="001A5AFA"/>
     <w:rsid w:val="001E13A7"/>
     <w:rsid w:val="00231D01"/>
     <w:rsid w:val="00247351"/>
     <w:rsid w:val="00252FEE"/>
     <w:rsid w:val="002642DE"/>
     <w:rsid w:val="00291CE4"/>
     <w:rsid w:val="002D25BC"/>
-    <w:rsid w:val="002E0AB2"/>
-    <w:rsid w:val="002E13CE"/>
     <w:rsid w:val="00314FCD"/>
     <w:rsid w:val="003317C7"/>
     <w:rsid w:val="0037540B"/>
     <w:rsid w:val="003A28CE"/>
     <w:rsid w:val="003A4331"/>
     <w:rsid w:val="003E53BA"/>
     <w:rsid w:val="003F05E9"/>
-    <w:rsid w:val="003F67B9"/>
     <w:rsid w:val="0041696E"/>
     <w:rsid w:val="00444BAA"/>
     <w:rsid w:val="00453E6E"/>
     <w:rsid w:val="0045700B"/>
     <w:rsid w:val="00465DA5"/>
     <w:rsid w:val="0048125C"/>
     <w:rsid w:val="00481B94"/>
     <w:rsid w:val="004D083E"/>
+    <w:rsid w:val="004D3990"/>
     <w:rsid w:val="00536635"/>
     <w:rsid w:val="00536E58"/>
     <w:rsid w:val="00540803"/>
+    <w:rsid w:val="0054581E"/>
     <w:rsid w:val="00557581"/>
     <w:rsid w:val="0056411D"/>
     <w:rsid w:val="00571D9B"/>
     <w:rsid w:val="00572F49"/>
     <w:rsid w:val="00575ABE"/>
     <w:rsid w:val="005953EB"/>
     <w:rsid w:val="00596DB9"/>
     <w:rsid w:val="005A7910"/>
     <w:rsid w:val="005E1485"/>
     <w:rsid w:val="005F306E"/>
     <w:rsid w:val="005F5866"/>
     <w:rsid w:val="005F7867"/>
     <w:rsid w:val="00600AEB"/>
     <w:rsid w:val="00645CB6"/>
     <w:rsid w:val="00655866"/>
     <w:rsid w:val="0065724D"/>
     <w:rsid w:val="006F67ED"/>
     <w:rsid w:val="0070735D"/>
-    <w:rsid w:val="00731D7F"/>
     <w:rsid w:val="007461BE"/>
     <w:rsid w:val="00756436"/>
     <w:rsid w:val="0077761E"/>
     <w:rsid w:val="00792410"/>
     <w:rsid w:val="007B0EC8"/>
     <w:rsid w:val="00821237"/>
     <w:rsid w:val="0084582C"/>
     <w:rsid w:val="00874352"/>
     <w:rsid w:val="00883460"/>
     <w:rsid w:val="00883AB9"/>
     <w:rsid w:val="008871B6"/>
     <w:rsid w:val="00897D33"/>
     <w:rsid w:val="008B1016"/>
+    <w:rsid w:val="00944A8B"/>
     <w:rsid w:val="00947D2F"/>
+    <w:rsid w:val="00950DEE"/>
     <w:rsid w:val="0095234F"/>
     <w:rsid w:val="00972F97"/>
     <w:rsid w:val="00987F0C"/>
     <w:rsid w:val="009D3F45"/>
     <w:rsid w:val="00A1795E"/>
     <w:rsid w:val="00A32F3B"/>
     <w:rsid w:val="00A649A8"/>
-    <w:rsid w:val="00A723E0"/>
     <w:rsid w:val="00A80AC9"/>
+    <w:rsid w:val="00A8214F"/>
     <w:rsid w:val="00A96B6B"/>
     <w:rsid w:val="00AB67A1"/>
     <w:rsid w:val="00AC3B37"/>
     <w:rsid w:val="00AD3E5C"/>
     <w:rsid w:val="00AE36CB"/>
     <w:rsid w:val="00AF42B0"/>
     <w:rsid w:val="00B047A2"/>
     <w:rsid w:val="00B266F5"/>
     <w:rsid w:val="00B60EC0"/>
     <w:rsid w:val="00B8267F"/>
     <w:rsid w:val="00BB59C6"/>
     <w:rsid w:val="00BC00A2"/>
     <w:rsid w:val="00BD7C34"/>
+    <w:rsid w:val="00BE6F06"/>
     <w:rsid w:val="00C16D74"/>
     <w:rsid w:val="00C356B4"/>
     <w:rsid w:val="00C417F9"/>
     <w:rsid w:val="00C44BAC"/>
     <w:rsid w:val="00C5329F"/>
     <w:rsid w:val="00C74DD0"/>
     <w:rsid w:val="00C9449E"/>
     <w:rsid w:val="00CA2AB5"/>
     <w:rsid w:val="00CA7B8B"/>
     <w:rsid w:val="00CB767A"/>
     <w:rsid w:val="00CB7902"/>
     <w:rsid w:val="00CC2656"/>
     <w:rsid w:val="00D000E4"/>
     <w:rsid w:val="00D158E6"/>
     <w:rsid w:val="00D213C2"/>
     <w:rsid w:val="00D21D7F"/>
     <w:rsid w:val="00D2264C"/>
     <w:rsid w:val="00D24621"/>
     <w:rsid w:val="00D26FF1"/>
     <w:rsid w:val="00D37186"/>
     <w:rsid w:val="00D6021A"/>
+    <w:rsid w:val="00D74B2A"/>
+    <w:rsid w:val="00D756E6"/>
     <w:rsid w:val="00DA087A"/>
     <w:rsid w:val="00DA4578"/>
     <w:rsid w:val="00DB53FB"/>
     <w:rsid w:val="00DC3CEA"/>
     <w:rsid w:val="00E01638"/>
-    <w:rsid w:val="00E50BE1"/>
     <w:rsid w:val="00E553F8"/>
     <w:rsid w:val="00E6432D"/>
+    <w:rsid w:val="00E74F22"/>
     <w:rsid w:val="00E822DF"/>
     <w:rsid w:val="00E92185"/>
     <w:rsid w:val="00EB62EF"/>
     <w:rsid w:val="00EC797D"/>
     <w:rsid w:val="00EE063A"/>
     <w:rsid w:val="00F145B2"/>
     <w:rsid w:val="00F31D19"/>
     <w:rsid w:val="00F34EB3"/>
-    <w:rsid w:val="00F457B0"/>
     <w:rsid w:val="00F90AFB"/>
     <w:rsid w:val="00F96CB5"/>
     <w:rsid w:val="00FA05FB"/>
     <w:rsid w:val="00FE16D3"/>
     <w:rsid w:val="00FE26EF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
@@ -5241,50 +4844,51 @@
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00070130"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:wordWrap w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
@@ -5443,51 +5047,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Char1">
     <w:name w:val="풍선 도움말 텍스트 Char"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007461BE"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:kern w:val="2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 테마">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5735,76 +5339,76 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
+  <Pages>2</Pages>
   <Words>121</Words>
-  <Characters>690</Characters>
+  <Characters>691</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>제목</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>810</CharactersWithSpaces>
+  <CharactersWithSpaces>811</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>5177367</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.autosalonweek.com/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>