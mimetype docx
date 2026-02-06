--- v0 (2025-10-21)
+++ v1 (2026-02-06)
@@ -161,180 +161,203 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0049304F" w:rsidRPr="0049304F" w14:paraId="07256EE9" w14:textId="77777777" w:rsidTr="0049304F">
         <w:trPr>
           <w:trHeight w:val="64"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
           <w:p w14:paraId="577D90B6" w14:textId="77777777" w:rsidR="0020387A" w:rsidRPr="0049304F" w:rsidRDefault="0020387A" w:rsidP="00C96404">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0020387A" w:rsidRPr="0049304F" w14:paraId="4E22708C" w14:textId="77777777" w:rsidTr="0049304F">
+      <w:tr w:rsidR="00122EFD" w:rsidRPr="0049304F" w14:paraId="4E22708C" w14:textId="77777777" w:rsidTr="0049304F">
         <w:trPr>
           <w:trHeight w:val="225"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6293" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="421C9D7D" w14:textId="0514F82D" w:rsidR="0020387A" w:rsidRPr="009E45B7" w:rsidRDefault="0020387A" w:rsidP="0020387A">
+          <w:p w14:paraId="421C9D7D" w14:textId="7F133873" w:rsidR="00122EFD" w:rsidRPr="009E45B7" w:rsidRDefault="00122EFD" w:rsidP="00122EFD">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:right="560"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>9.19</w:t>
+              <w:t>10.23</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>금</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">) ~ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>9. 21</w:t>
+              <w:t>10. 25</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">(일), KINTEX  </w:t>
-            </w:r>
+              <w:t xml:space="preserve">(일), </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">|  </w:t>
+              <w:t xml:space="preserve">KINTEX  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E45B7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="282828"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>|</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009E45B7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="282828"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>www.</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>autosalon</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -342,88 +365,101 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>korea</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5ED28AC4" w14:textId="0EEB654C" w:rsidR="0020387A" w:rsidRPr="009E45B7" w:rsidRDefault="0020387A" w:rsidP="0020387A">
+          <w:p w14:paraId="5ED28AC4" w14:textId="2FF19AD9" w:rsidR="00122EFD" w:rsidRPr="009E45B7" w:rsidRDefault="00122EFD" w:rsidP="00122EFD">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3581"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">제출기한 : </w:t>
+              <w:t>제출기한 :</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009E45B7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="282828"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>2025.8.21(목)</w:t>
+              <w:t>2026.9.24(목)</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>까지</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1A44818E" w14:textId="77777777" w:rsidR="005A24B6" w:rsidRDefault="005A24B6" w:rsidP="0049304F">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="282828"/>
@@ -740,51 +776,50 @@
             <w:r w:rsidRPr="00DF4C3B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DF4C3B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>자</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61088EB9" w14:textId="77777777" w:rsidR="00A6745F" w:rsidRPr="00520F1B" w:rsidRDefault="00A6745F" w:rsidP="00520F1B">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20583C3B" w14:textId="77777777" w:rsidR="00A6745F" w:rsidRPr="00DF4C3B" w:rsidRDefault="00A6745F" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -861,58 +896,79 @@
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="092B9CD2" w14:textId="77777777" w:rsidR="00A6745F" w:rsidRPr="00DF4C3B" w:rsidRDefault="00A6745F" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF4C3B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>연 락 처</w:t>
+              <w:t xml:space="preserve">연 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF4C3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>락</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DF4C3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 처</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="692BE3E7" w14:textId="77777777" w:rsidR="00A6745F" w:rsidRPr="00520F1B" w:rsidRDefault="00A6745F" w:rsidP="00520F1B">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53D2F6EC" w14:textId="77777777" w:rsidR="00A6745F" w:rsidRPr="00DF4C3B" w:rsidRDefault="00A6745F" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
@@ -1193,51 +1249,73 @@
           <w:bCs/>
           <w:color w:val="282828"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B81FDD" w:rsidRPr="00C37282">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="282828"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>요청</w:t>
       </w:r>
       <w:r w:rsidR="00181EB6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="282828"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>/미요청 시 행사 종료 후 일괄 발행됩니다.</w:t>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00181EB6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="282828"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>미요청</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00181EB6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="282828"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 시 행사 종료 후 일괄 발행됩니다.</w:t>
       </w:r>
       <w:r w:rsidR="00C37282" w:rsidRPr="00C37282">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="282828"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00815A96">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="282828"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="00C37282" w:rsidRPr="00C37282">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
@@ -2797,51 +2875,71 @@
             <w:r w:rsidRPr="00DF4C3B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>의 경우</w:t>
             </w:r>
             <w:r w:rsidRPr="00DF4C3B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 반드시</w:t>
             </w:r>
             <w:r w:rsidRPr="00DF4C3B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 신청 해야 함. 조립부스는 콘센트 신청 해당사항 없음.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DF4C3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>신청 해야</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00DF4C3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 함. 조립부스는 콘센트 신청 해당사항 없음.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0022085B" w:rsidRPr="0049304F" w14:paraId="417DCDC1" w14:textId="77777777" w:rsidTr="00EC1374">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00A4F198" w14:textId="77777777" w:rsidR="001532DB" w:rsidRPr="00DF4C3B" w:rsidRDefault="001532DB" w:rsidP="00C37282">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
@@ -3284,116 +3382,110 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C7F8CA9" w14:textId="77777777" w:rsidR="001532DB" w:rsidRPr="00DF4C3B" w:rsidRDefault="001532DB" w:rsidP="0022085B">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DF4C3B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>급배수</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6443E9B0" w14:textId="0606234E" w:rsidR="001532DB" w:rsidRPr="00DF4C3B" w:rsidRDefault="00305958" w:rsidP="00815A96">
+          <w:p w14:paraId="6443E9B0" w14:textId="77777777" w:rsidR="001532DB" w:rsidRPr="00DF4C3B" w:rsidRDefault="00305958" w:rsidP="00815A96">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:ind w:leftChars="200" w:left="400"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF4C3B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>￦</w:t>
             </w:r>
             <w:r w:rsidR="00357A2E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="001C48F9">
-[...6 lines deleted...]
-            </w:r>
             <w:r w:rsidR="001532DB" w:rsidRPr="00DF4C3B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="001532DB" w:rsidRPr="00DF4C3B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0,000/</w:t>
             </w:r>
             <w:r w:rsidR="001532DB" w:rsidRPr="00DF4C3B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>개소</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
@@ -3509,91 +3601,83 @@
             <w:r w:rsidRPr="00DF4C3B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>압축공기</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73159648" w14:textId="451FA6E7" w:rsidR="001532DB" w:rsidRPr="00DF4C3B" w:rsidRDefault="00305958" w:rsidP="00815A96">
+          <w:p w14:paraId="73159648" w14:textId="77777777" w:rsidR="001532DB" w:rsidRPr="00DF4C3B" w:rsidRDefault="00305958" w:rsidP="00815A96">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:ind w:leftChars="200" w:left="400"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF4C3B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>￦</w:t>
             </w:r>
             <w:r w:rsidR="00357A2E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="001C48F9">
-[...6 lines deleted...]
-            </w:r>
             <w:r w:rsidR="001532DB" w:rsidRPr="00DF4C3B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="001532DB" w:rsidRPr="00DF4C3B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0,000/</w:t>
             </w:r>
             <w:r w:rsidR="001532DB" w:rsidRPr="00DF4C3B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>개소</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
@@ -3896,60 +3980,62 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39DFFE1E" w14:textId="77777777" w:rsidR="001532DB" w:rsidRPr="00DF4C3B" w:rsidRDefault="001532DB" w:rsidP="0022085B">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DF4C3B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>파이텍스</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6124A016" w14:textId="77777777" w:rsidR="001532DB" w:rsidRPr="00DF4C3B" w:rsidRDefault="00305958" w:rsidP="00815A96">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:ind w:leftChars="200" w:left="400"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5240,166 +5326,168 @@
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>1005-180-907943</w:t>
       </w:r>
       <w:r w:rsidR="00DF4C3B" w:rsidRPr="00DF4C3B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> (예금주: </w:t>
       </w:r>
       <w:r w:rsidR="00DF4C3B" w:rsidRPr="00DF4C3B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>㈜</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00CF1755">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>서울메쎄</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DF4C3B" w:rsidRPr="00DF4C3B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CA2425D" w14:textId="4265120F" w:rsidR="00B5034D" w:rsidRPr="00DF4C3B" w:rsidRDefault="00D01C9D" w:rsidP="00DF4C3B">
+    <w:p w14:paraId="0CA2425D" w14:textId="2CBC4D8A" w:rsidR="00B5034D" w:rsidRPr="00DF4C3B" w:rsidRDefault="00D01C9D" w:rsidP="00DF4C3B">
       <w:pPr>
         <w:pStyle w:val="s0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="A4E2FD"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF4C3B">
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>￭</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF4C3B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF4C3B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">납부기한: </w:t>
       </w:r>
       <w:r w:rsidR="004F4C1B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00CF1755">
+      <w:r w:rsidR="00165869">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00A22820" w:rsidRPr="00DF4C3B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00165869">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9</w:t>
       </w:r>
       <w:r w:rsidR="00A22820" w:rsidRPr="00DF4C3B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00B4646F">
+      <w:r w:rsidR="00165869">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>8</w:t>
-[...19 lines deleted...]
-        <w:t>21</w:t>
+        <w:t>24</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF4C3B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00CF1755">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>목</w:t>
       </w:r>
       <w:r w:rsidR="00A22820" w:rsidRPr="00DF4C3B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:b/>
@@ -5476,78 +5564,78 @@
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="2731"/>
       </w:tblGrid>
       <w:tr w:rsidR="0049304F" w:rsidRPr="0049304F" w14:paraId="310DB48C" w14:textId="77777777" w:rsidTr="00C96404">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5EAB0744" w14:textId="77777777" w:rsidR="0049304F" w:rsidRPr="0049304F" w:rsidRDefault="0049304F" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2731" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6242A054" w14:textId="55BDE728" w:rsidR="0049304F" w:rsidRPr="0049304F" w:rsidRDefault="004F4C1B" w:rsidP="001104B2">
+          <w:p w14:paraId="6242A054" w14:textId="39DDB05D" w:rsidR="0049304F" w:rsidRPr="0049304F" w:rsidRDefault="004F4C1B" w:rsidP="001104B2">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00E55247">
+            <w:r w:rsidR="00130552">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="0049304F" w:rsidRPr="0049304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0049304F" w:rsidRPr="0049304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>년</w:t>
             </w:r>
             <w:r w:rsidR="0049304F" w:rsidRPr="0049304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
@@ -5622,58 +5710,69 @@
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0049304F" w:rsidRPr="0049304F" w14:paraId="36DD9BBC" w14:textId="77777777" w:rsidTr="00C96404">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63D21D37" w14:textId="77777777" w:rsidR="0049304F" w:rsidRPr="0049304F" w:rsidRDefault="0049304F" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0049304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>대표명:</w:t>
+              <w:t>대표명</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0049304F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
+                <w:color w:val="282828"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2731" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0EB7A911" w14:textId="77777777" w:rsidR="0049304F" w:rsidRPr="0049304F" w:rsidRDefault="0049304F" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:b/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0049304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
@@ -5714,171 +5813,184 @@
           <w:bCs/>
           <w:color w:val="282828"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5044B8EA" w14:textId="19841B5B" w:rsidR="00D53E60" w:rsidRPr="009E45B7" w:rsidRDefault="00D53E60" w:rsidP="00D53E60">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E45B7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="282828"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>「오토살롱</w:t>
+        <w:t>「</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E45B7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="282828"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>오토살롱</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="282828"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>테크코리아</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009E45B7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="282828"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>」 사무국 귀중</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EAC5BBA" w14:textId="21A84AA7" w:rsidR="007135EB" w:rsidRPr="00D53E60" w:rsidRDefault="007135EB" w:rsidP="00D53E60">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="282828"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007135EB" w:rsidRPr="00D53E60" w:rsidSect="0049304F">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D2D15E8" w14:textId="77777777" w:rsidR="00DA1EBE" w:rsidRDefault="00DA1EBE" w:rsidP="00D32952">
+    <w:p w14:paraId="361838DC" w14:textId="77777777" w:rsidR="008F1E1F" w:rsidRDefault="008F1E1F" w:rsidP="00D32952">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B9B18B3" w14:textId="77777777" w:rsidR="00DA1EBE" w:rsidRDefault="00DA1EBE" w:rsidP="00D32952">
+    <w:p w14:paraId="698FF6C0" w14:textId="77777777" w:rsidR="008F1E1F" w:rsidRDefault="008F1E1F" w:rsidP="00D32952">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="맑은 고딕">
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{47FC5670-1C65-4E7E-814C-D1120E37E412}"/>
-[...1 lines deleted...]
-    <w:embedItalic r:id="rId3" w:subsetted="1" w:fontKey="{8BBF889C-765C-4822-9A41-FF29502AB015}"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{A96C5373-713F-44E0-B9C5-AFBB161C5A46}"/>
+    <w:embedBold r:id="rId2" w:subsetted="1" w:fontKey="{A45F609A-0E35-4A3D-8EF5-1DACE3E01900}"/>
+    <w:embedItalic r:id="rId3" w:subsetted="1" w:fontKey="{9CE55B21-1145-444A-81EF-1D71CE126712}"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="바탕">
     <w:altName w:val="Batang"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="굴림">
     <w:altName w:val="Gulim"/>
     <w:panose1 w:val="020B0600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId4" w:subsetted="1" w:fontKey="{872D834B-8F94-44AE-B88D-46DA30F9F834}"/>
-    <w:embedBold r:id="rId5" w:subsetted="1" w:fontKey="{0D0B7B9E-8287-480D-A980-07790A7D53B6}"/>
+    <w:embedRegular r:id="rId4" w:subsetted="1" w:fontKey="{A99743CE-E321-486E-AB57-90791C54DB8B}"/>
+    <w:embedBold r:id="rId5" w:subsetted="1" w:fontKey="{BEED1898-711D-42D8-A41C-A0B716B1F460}"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4EBD9E99" w14:textId="77777777" w:rsidR="00474FA0" w:rsidRDefault="00A56531">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
@@ -5905,390 +6017,734 @@
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6366510" cy="476250"/>
                       </a:xfrm>
                       <a:prstGeom prst="roundRect">
                         <a:avLst>
                           <a:gd name="adj" fmla="val 16667"/>
                         </a:avLst>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="365367E2" w14:textId="77777777" w:rsidR="00D53E60" w:rsidRPr="00D43C51" w:rsidRDefault="00D53E60" w:rsidP="00D53E60">
+                        <w:p w14:paraId="578614A7" w14:textId="77777777" w:rsidR="00122EFD" w:rsidRPr="00D43C51" w:rsidRDefault="00122EFD" w:rsidP="00122EFD">
                           <w:pPr>
                             <w:pStyle w:val="a3"/>
                             <w:spacing w:line="240" w:lineRule="auto"/>
                             <w:jc w:val="left"/>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
+                          <w:proofErr w:type="spellStart"/>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>오토살롱</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>테크코리아</w:t>
                           </w:r>
+                          <w:proofErr w:type="spellEnd"/>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> 사무국 | E-mail : info@autosalon</w:t>
+                            <w:t xml:space="preserve"> 사무국 | </w:t>
+                          </w:r>
+                          <w:proofErr w:type="gramStart"/>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>E-mail :</w:t>
+                          </w:r>
+                          <w:proofErr w:type="gramEnd"/>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> info@autosalon</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>korea</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>.com</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="38C51E25" w14:textId="138B541E" w:rsidR="00D53E60" w:rsidRPr="00365C9F" w:rsidRDefault="00D53E60" w:rsidP="00D53E60">
+                        <w:p w14:paraId="4DD325A1" w14:textId="24C2E27B" w:rsidR="00122EFD" w:rsidRPr="00365C9F" w:rsidRDefault="00122EFD" w:rsidP="00122EFD">
                           <w:pPr>
                             <w:pStyle w:val="a3"/>
                             <w:spacing w:line="240" w:lineRule="auto"/>
                             <w:jc w:val="left"/>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t>㈜서울메쎄</w:t>
+                            <w:t>㈜</w:t>
+                          </w:r>
+                          <w:proofErr w:type="spellStart"/>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>서울메쎄</w:t>
+                          </w:r>
+                          <w:proofErr w:type="spellEnd"/>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:proofErr w:type="gramStart"/>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>Tel :</w:t>
+                          </w:r>
+                          <w:proofErr w:type="gramEnd"/>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> 0</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>70</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> Tel : </w:t>
+                            <w:t>-</w:t>
                           </w:r>
-                          <w:r w:rsidR="005502CC" w:rsidRPr="005502CC">
+                          <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t xml:space="preserve">070-5095-9913/16 </w:t>
+                            <w:t>5095</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>-</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>9913/</w:t>
+                          </w:r>
+                          <w:proofErr w:type="gramStart"/>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>9916</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t>/ Fax : 02-</w:t>
+                            <w:t xml:space="preserve"> /</w:t>
                           </w:r>
-                          <w:r w:rsidR="005502CC">
+                          <w:proofErr w:type="gramEnd"/>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:proofErr w:type="gramStart"/>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>Fax :</w:t>
+                          </w:r>
+                          <w:proofErr w:type="gramEnd"/>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> 02-</w:t>
+                          </w:r>
+                          <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t>865-5877</w:t>
+                            <w:t>865</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>-</w:t>
+                          </w:r>
+                          <w:r w:rsidR="0026201D">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>58</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>77</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="2EA031F6" w14:textId="1A2FC98A" w:rsidR="00A56531" w:rsidRPr="00365C9F" w:rsidRDefault="00A56531" w:rsidP="00A56531">
                           <w:pPr>
                             <w:pStyle w:val="a3"/>
                             <w:spacing w:line="240" w:lineRule="auto"/>
                             <w:jc w:val="left"/>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:roundrect w14:anchorId="18E57F79" id="AutoShape 1" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:10.5pt;margin-top:-1.1pt;width:501.3pt;height:37.5pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBwMWB0JAIAAEcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zSlTdmo6WrVpQhp&#10;uYiFD3Bs5wKOx4zdpuXrmTht6QJPiDxYMxnPmTNnxqvbQ2fYXqNvwRY8nUw501aCam1d8C+fty9e&#10;ceaDsEoYsLrgR+357fr5s1Xvcj2DBozSyAjE+rx3BW9CcHmSeNnoTvgJOG0pWAF2IpCLdaJQ9ITe&#10;mWQ2nWZJD6gcgtTe09/7McjXEb+qtAwfqsrrwEzBiVuIJ8azHM5kvRJ5jcI1rTzREP/AohOtpaIX&#10;qHsRBNth+wdU10oED1WYSOgSqKpW6tgDdZNOf+vmsRFOx15IHO8uMvn/Byvf7x/dRxyoe/cA8ptn&#10;FjaNsLW+Q4S+0UJRuXQQKumdzy8Jg+MplZX9O1A0WrELEDU4VNgNgNQdO0Spjxep9SEwST+zl1m2&#10;SGkikmLzZTZbxFkkIj9nO/ThjYaODUbBEXZWfaJ5xhJi/+BD1FsxK7qhuvrKWdUZmt5eGJZmWbaM&#10;pEV+ukzYZ8zYLphWbVtjooN1uTHIKLXg2/idkv31NWNZX/CbxWwRWTyJ+WuIafz+BhH7iFs3SPva&#10;qmgH0ZrRJpbGnrQe5B022efhUB7o4mCWoI6kOsK4y/T2yGgAf3DW0x4X3H/fCdScmbeWJneTzufD&#10;4kdnvljOyMHrSHkdEVYSVMFlQM5GZxPG57Jz2NYN1Upj7xbuaN5VG86LMfI6MadtJevJc7j2461f&#10;73/9EwAA//8DAFBLAwQUAAYACAAAACEA44CVdN4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DMBBE70j8g7VIXFDr1EFtCdlUqIgTcKDlA9x4SSLidbCdNvD1uCc4jmY086bcTLYXR/Khc4yw&#10;mGcgiGtnOm4Q3vdPszWIEDUb3TsmhG8KsKkuL0pdGHfiNzruYiNSCYdCI7QxDoWUoW7J6jB3A3Hy&#10;Ppy3OibpG2m8PqVy20uVZUtpdcdpodUDbVuqP3ejRWhev3Je7fPnu9shevnixp/t4w3i9dX0cA8i&#10;0hT/wnDGT+hQJaaDG9kE0SOoRboSEWZKgTj7mcqXIA4IK7UGWZXy/4PqFwAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAHAxYHQkAgAARwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAOOAlXTeAAAACQEAAA8AAAAAAAAAAAAAAAAAfgQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="365367E2" w14:textId="77777777" w:rsidR="00D53E60" w:rsidRPr="00D43C51" w:rsidRDefault="00D53E60" w:rsidP="00D53E60">
+                  <w:p w14:paraId="578614A7" w14:textId="77777777" w:rsidR="00122EFD" w:rsidRPr="00D43C51" w:rsidRDefault="00122EFD" w:rsidP="00122EFD">
                     <w:pPr>
                       <w:pStyle w:val="a3"/>
                       <w:spacing w:line="240" w:lineRule="auto"/>
                       <w:jc w:val="left"/>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
+                    <w:proofErr w:type="spellStart"/>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>오토살롱</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>테크코리아</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> 사무국 | E-mail : info@autosalon</w:t>
+                      <w:t xml:space="preserve"> 사무국 | </w:t>
+                    </w:r>
+                    <w:proofErr w:type="gramStart"/>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>E-mail :</w:t>
+                    </w:r>
+                    <w:proofErr w:type="gramEnd"/>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> info@autosalon</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>korea</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>.com</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="38C51E25" w14:textId="138B541E" w:rsidR="00D53E60" w:rsidRPr="00365C9F" w:rsidRDefault="00D53E60" w:rsidP="00D53E60">
+                  <w:p w14:paraId="4DD325A1" w14:textId="24C2E27B" w:rsidR="00122EFD" w:rsidRPr="00365C9F" w:rsidRDefault="00122EFD" w:rsidP="00122EFD">
                     <w:pPr>
                       <w:pStyle w:val="a3"/>
                       <w:spacing w:line="240" w:lineRule="auto"/>
                       <w:jc w:val="left"/>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t>㈜서울메쎄</w:t>
+                      <w:t>㈜</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>서울메쎄</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:proofErr w:type="gramStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>Tel :</w:t>
+                    </w:r>
+                    <w:proofErr w:type="gramEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> 0</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>70</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> Tel : </w:t>
+                      <w:t>-</w:t>
                     </w:r>
-                    <w:r w:rsidR="005502CC" w:rsidRPr="005502CC">
+                    <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t xml:space="preserve">070-5095-9913/16 </w:t>
+                      <w:t>5095</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>-</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>9913/</w:t>
+                    </w:r>
+                    <w:proofErr w:type="gramStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>9916</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t>/ Fax : 02-</w:t>
+                      <w:t xml:space="preserve"> /</w:t>
                     </w:r>
-                    <w:r w:rsidR="005502CC">
+                    <w:proofErr w:type="gramEnd"/>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:proofErr w:type="gramStart"/>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>Fax :</w:t>
+                    </w:r>
+                    <w:proofErr w:type="gramEnd"/>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> 02-</w:t>
+                    </w:r>
+                    <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t>865-5877</w:t>
+                      <w:t>865</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>-</w:t>
+                    </w:r>
+                    <w:r w:rsidR="0026201D">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>58</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>77</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="2EA031F6" w14:textId="1A2FC98A" w:rsidR="00A56531" w:rsidRPr="00365C9F" w:rsidRDefault="00A56531" w:rsidP="00A56531">
                     <w:pPr>
                       <w:pStyle w:val="a3"/>
                       <w:spacing w:line="240" w:lineRule="auto"/>
                       <w:jc w:val="left"/>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:roundrect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0D04C33D" w14:textId="77777777" w:rsidR="00DA1EBE" w:rsidRDefault="00DA1EBE" w:rsidP="00D32952">
+    <w:p w14:paraId="51647E42" w14:textId="77777777" w:rsidR="008F1E1F" w:rsidRDefault="008F1E1F" w:rsidP="00D32952">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6A33CF11" w14:textId="77777777" w:rsidR="00DA1EBE" w:rsidRDefault="00DA1EBE" w:rsidP="00D32952">
+    <w:p w14:paraId="7112D06F" w14:textId="77777777" w:rsidR="008F1E1F" w:rsidRDefault="008F1E1F" w:rsidP="00D32952">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15367EA0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="57E2D3AC"/>
     <w:lvl w:ilvl="0" w:tplc="D8AE0468">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="맑은 고딕" w:hAnsi="Wingdings" w:cs="맑은 고딕" w:hint="default"/>
         <w:sz w:val="18"/>
       </w:rPr>
@@ -6376,166 +6832,168 @@
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4000" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1041707966">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:embedTrueTypeFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="800"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009A78B8"/>
     <w:rsid w:val="00020B39"/>
     <w:rsid w:val="00023C63"/>
     <w:rsid w:val="00024D23"/>
     <w:rsid w:val="000315AC"/>
     <w:rsid w:val="00031A66"/>
     <w:rsid w:val="00041FDC"/>
     <w:rsid w:val="000443A6"/>
-    <w:rsid w:val="0004622F"/>
     <w:rsid w:val="00054C9B"/>
     <w:rsid w:val="00055DC3"/>
     <w:rsid w:val="000736B8"/>
     <w:rsid w:val="000773FE"/>
     <w:rsid w:val="00086AD1"/>
     <w:rsid w:val="000A0B64"/>
     <w:rsid w:val="000A521F"/>
     <w:rsid w:val="000A5922"/>
     <w:rsid w:val="000B101E"/>
     <w:rsid w:val="000C20A0"/>
     <w:rsid w:val="000C5B50"/>
     <w:rsid w:val="000D3992"/>
     <w:rsid w:val="000D7B53"/>
     <w:rsid w:val="000E16FF"/>
     <w:rsid w:val="000E315B"/>
     <w:rsid w:val="000F2E08"/>
     <w:rsid w:val="000F7D98"/>
     <w:rsid w:val="00101E7A"/>
     <w:rsid w:val="00103AF8"/>
     <w:rsid w:val="001047BA"/>
     <w:rsid w:val="00106508"/>
     <w:rsid w:val="001104B2"/>
+    <w:rsid w:val="00122EFD"/>
+    <w:rsid w:val="00130552"/>
     <w:rsid w:val="0013206C"/>
     <w:rsid w:val="00132E06"/>
     <w:rsid w:val="00137817"/>
     <w:rsid w:val="00143E5F"/>
     <w:rsid w:val="00147994"/>
     <w:rsid w:val="001532DB"/>
+    <w:rsid w:val="00165869"/>
     <w:rsid w:val="001724B1"/>
     <w:rsid w:val="00173678"/>
     <w:rsid w:val="001737AF"/>
     <w:rsid w:val="00181EB6"/>
     <w:rsid w:val="001877B4"/>
     <w:rsid w:val="0019021D"/>
     <w:rsid w:val="001910E0"/>
     <w:rsid w:val="00196190"/>
     <w:rsid w:val="00196E55"/>
     <w:rsid w:val="001A0607"/>
     <w:rsid w:val="001B5EE9"/>
-    <w:rsid w:val="001C48F9"/>
     <w:rsid w:val="001C71DC"/>
     <w:rsid w:val="001D52CC"/>
     <w:rsid w:val="001D5EBC"/>
     <w:rsid w:val="001E218B"/>
     <w:rsid w:val="001E2198"/>
     <w:rsid w:val="001E29B5"/>
     <w:rsid w:val="001E6F11"/>
     <w:rsid w:val="00200A6F"/>
     <w:rsid w:val="0020387A"/>
     <w:rsid w:val="0020394B"/>
     <w:rsid w:val="00211971"/>
     <w:rsid w:val="00213F2C"/>
     <w:rsid w:val="0022085B"/>
     <w:rsid w:val="002213C7"/>
     <w:rsid w:val="002247EF"/>
     <w:rsid w:val="00227D0A"/>
     <w:rsid w:val="002308EB"/>
     <w:rsid w:val="00240394"/>
     <w:rsid w:val="00260B55"/>
+    <w:rsid w:val="0026201D"/>
     <w:rsid w:val="00271FCD"/>
     <w:rsid w:val="00282799"/>
     <w:rsid w:val="00287B67"/>
     <w:rsid w:val="00295827"/>
     <w:rsid w:val="0029788A"/>
     <w:rsid w:val="002A1267"/>
     <w:rsid w:val="002A4EF1"/>
     <w:rsid w:val="002B283C"/>
     <w:rsid w:val="002C56A8"/>
     <w:rsid w:val="002C75BB"/>
     <w:rsid w:val="002D03AC"/>
-    <w:rsid w:val="002D0D76"/>
     <w:rsid w:val="002D1B5E"/>
     <w:rsid w:val="002D20AD"/>
     <w:rsid w:val="002D7680"/>
     <w:rsid w:val="002E0125"/>
     <w:rsid w:val="002E39E9"/>
     <w:rsid w:val="002F3EB7"/>
     <w:rsid w:val="002F5288"/>
     <w:rsid w:val="002F6CA3"/>
     <w:rsid w:val="00303966"/>
     <w:rsid w:val="00305958"/>
     <w:rsid w:val="0032060F"/>
     <w:rsid w:val="003233FC"/>
     <w:rsid w:val="0032408D"/>
     <w:rsid w:val="0034105F"/>
     <w:rsid w:val="00357A2E"/>
     <w:rsid w:val="00374FEC"/>
     <w:rsid w:val="00387641"/>
     <w:rsid w:val="00390848"/>
     <w:rsid w:val="00391E02"/>
     <w:rsid w:val="00393735"/>
     <w:rsid w:val="003A1107"/>
     <w:rsid w:val="003A49F4"/>
     <w:rsid w:val="003B3A5B"/>
     <w:rsid w:val="003B640E"/>
     <w:rsid w:val="003C056A"/>
@@ -6566,51 +7024,50 @@
     <w:rsid w:val="004C1914"/>
     <w:rsid w:val="004C4112"/>
     <w:rsid w:val="004D6C8E"/>
     <w:rsid w:val="004E4011"/>
     <w:rsid w:val="004E777E"/>
     <w:rsid w:val="004F1AB8"/>
     <w:rsid w:val="004F4C1B"/>
     <w:rsid w:val="004F5096"/>
     <w:rsid w:val="0050109B"/>
     <w:rsid w:val="005010A8"/>
     <w:rsid w:val="00501B1C"/>
     <w:rsid w:val="00504315"/>
     <w:rsid w:val="0050480C"/>
     <w:rsid w:val="0050633F"/>
     <w:rsid w:val="005107DD"/>
     <w:rsid w:val="00514F94"/>
     <w:rsid w:val="00520F1B"/>
     <w:rsid w:val="005245F6"/>
     <w:rsid w:val="0052763E"/>
     <w:rsid w:val="005326BB"/>
     <w:rsid w:val="00532E46"/>
     <w:rsid w:val="00533E86"/>
     <w:rsid w:val="00541EAC"/>
     <w:rsid w:val="005429F4"/>
     <w:rsid w:val="005446B5"/>
-    <w:rsid w:val="005502CC"/>
     <w:rsid w:val="00552B09"/>
     <w:rsid w:val="00552F10"/>
     <w:rsid w:val="0055481C"/>
     <w:rsid w:val="0056051A"/>
     <w:rsid w:val="005611A8"/>
     <w:rsid w:val="00563244"/>
     <w:rsid w:val="00567C7F"/>
     <w:rsid w:val="00574668"/>
     <w:rsid w:val="00574C9A"/>
     <w:rsid w:val="00575DE9"/>
     <w:rsid w:val="00576613"/>
     <w:rsid w:val="00586755"/>
     <w:rsid w:val="00586C10"/>
     <w:rsid w:val="005931F0"/>
     <w:rsid w:val="00596A74"/>
     <w:rsid w:val="005A24B6"/>
     <w:rsid w:val="005A2A76"/>
     <w:rsid w:val="005A2E53"/>
     <w:rsid w:val="005B5BD5"/>
     <w:rsid w:val="005C0948"/>
     <w:rsid w:val="005C4305"/>
     <w:rsid w:val="005C5914"/>
     <w:rsid w:val="005D59BC"/>
     <w:rsid w:val="005D66A0"/>
     <w:rsid w:val="005F731E"/>
@@ -6621,50 +7078,51 @@
     <w:rsid w:val="00620BAB"/>
     <w:rsid w:val="00620D34"/>
     <w:rsid w:val="00620E3E"/>
     <w:rsid w:val="00644F24"/>
     <w:rsid w:val="006459D7"/>
     <w:rsid w:val="00646468"/>
     <w:rsid w:val="006721FC"/>
     <w:rsid w:val="00676B2B"/>
     <w:rsid w:val="00677457"/>
     <w:rsid w:val="00680173"/>
     <w:rsid w:val="00680BD5"/>
     <w:rsid w:val="0068508B"/>
     <w:rsid w:val="00694BF3"/>
     <w:rsid w:val="006950D3"/>
     <w:rsid w:val="006A16C4"/>
     <w:rsid w:val="006A17FE"/>
     <w:rsid w:val="006A2314"/>
     <w:rsid w:val="006A2A53"/>
     <w:rsid w:val="006B232B"/>
     <w:rsid w:val="006C5D84"/>
     <w:rsid w:val="006C703B"/>
     <w:rsid w:val="006D0A0E"/>
     <w:rsid w:val="006D2227"/>
     <w:rsid w:val="006D2BD7"/>
     <w:rsid w:val="006E3C00"/>
+    <w:rsid w:val="006E7543"/>
     <w:rsid w:val="006F7AE2"/>
     <w:rsid w:val="00700DDB"/>
     <w:rsid w:val="007016BB"/>
     <w:rsid w:val="0071034C"/>
     <w:rsid w:val="007128E9"/>
     <w:rsid w:val="00712FCE"/>
     <w:rsid w:val="007135EB"/>
     <w:rsid w:val="00724667"/>
     <w:rsid w:val="007277E5"/>
     <w:rsid w:val="00730A36"/>
     <w:rsid w:val="0073228B"/>
     <w:rsid w:val="007431FC"/>
     <w:rsid w:val="00747F26"/>
     <w:rsid w:val="00754644"/>
     <w:rsid w:val="00764CBB"/>
     <w:rsid w:val="00772AB2"/>
     <w:rsid w:val="0077306A"/>
     <w:rsid w:val="00783BBC"/>
     <w:rsid w:val="007843E9"/>
     <w:rsid w:val="00793AAC"/>
     <w:rsid w:val="0079492C"/>
     <w:rsid w:val="007A5A38"/>
     <w:rsid w:val="007C06D9"/>
     <w:rsid w:val="007C5950"/>
     <w:rsid w:val="007C7E60"/>
@@ -6681,64 +7139,67 @@
     <w:rsid w:val="00824878"/>
     <w:rsid w:val="00833A0E"/>
     <w:rsid w:val="00836857"/>
     <w:rsid w:val="008429F4"/>
     <w:rsid w:val="008559C3"/>
     <w:rsid w:val="00855FE2"/>
     <w:rsid w:val="0085684C"/>
     <w:rsid w:val="00857B0A"/>
     <w:rsid w:val="00857C08"/>
     <w:rsid w:val="00867EEC"/>
     <w:rsid w:val="00874A9B"/>
     <w:rsid w:val="008773B6"/>
     <w:rsid w:val="0088715E"/>
     <w:rsid w:val="008871F5"/>
     <w:rsid w:val="00895C84"/>
     <w:rsid w:val="00897989"/>
     <w:rsid w:val="008A2C9F"/>
     <w:rsid w:val="008A4BC7"/>
     <w:rsid w:val="008B1484"/>
     <w:rsid w:val="008B2263"/>
     <w:rsid w:val="008B2FDD"/>
     <w:rsid w:val="008B35E3"/>
     <w:rsid w:val="008B5DD0"/>
     <w:rsid w:val="008C0F9F"/>
     <w:rsid w:val="008C5FA3"/>
+    <w:rsid w:val="008C6E95"/>
     <w:rsid w:val="008D3E09"/>
     <w:rsid w:val="008D4AE3"/>
     <w:rsid w:val="008E313D"/>
     <w:rsid w:val="008F1D36"/>
+    <w:rsid w:val="008F1E1F"/>
     <w:rsid w:val="008F2962"/>
     <w:rsid w:val="0090160B"/>
     <w:rsid w:val="00907D4C"/>
     <w:rsid w:val="009162DB"/>
     <w:rsid w:val="009216D8"/>
     <w:rsid w:val="00923962"/>
     <w:rsid w:val="00933D10"/>
     <w:rsid w:val="00942020"/>
     <w:rsid w:val="009433B5"/>
     <w:rsid w:val="00944668"/>
+    <w:rsid w:val="00950DEE"/>
     <w:rsid w:val="009527FD"/>
     <w:rsid w:val="00965975"/>
     <w:rsid w:val="009724AD"/>
     <w:rsid w:val="00991D35"/>
     <w:rsid w:val="00995B29"/>
     <w:rsid w:val="009A78B8"/>
     <w:rsid w:val="009C13ED"/>
     <w:rsid w:val="009D4F2E"/>
     <w:rsid w:val="009D6F1B"/>
     <w:rsid w:val="009D71C3"/>
     <w:rsid w:val="009E5464"/>
     <w:rsid w:val="009F6E5C"/>
     <w:rsid w:val="00A01BF8"/>
     <w:rsid w:val="00A06787"/>
     <w:rsid w:val="00A07060"/>
     <w:rsid w:val="00A0711C"/>
     <w:rsid w:val="00A16619"/>
     <w:rsid w:val="00A17137"/>
     <w:rsid w:val="00A22820"/>
     <w:rsid w:val="00A30EE2"/>
     <w:rsid w:val="00A50310"/>
     <w:rsid w:val="00A51057"/>
     <w:rsid w:val="00A56531"/>
     <w:rsid w:val="00A6745F"/>
     <w:rsid w:val="00A7307B"/>
@@ -6796,65 +7257,62 @@
     <w:rsid w:val="00C90147"/>
     <w:rsid w:val="00C941BB"/>
     <w:rsid w:val="00CA2AB5"/>
     <w:rsid w:val="00CA586F"/>
     <w:rsid w:val="00CB28CD"/>
     <w:rsid w:val="00CE02CB"/>
     <w:rsid w:val="00CE2D0C"/>
     <w:rsid w:val="00CE5B85"/>
     <w:rsid w:val="00CF1755"/>
     <w:rsid w:val="00CF2ACE"/>
     <w:rsid w:val="00CF6C02"/>
     <w:rsid w:val="00CF7127"/>
     <w:rsid w:val="00D012B8"/>
     <w:rsid w:val="00D01C9D"/>
     <w:rsid w:val="00D04D5A"/>
     <w:rsid w:val="00D132B2"/>
     <w:rsid w:val="00D247CE"/>
     <w:rsid w:val="00D274C7"/>
     <w:rsid w:val="00D32952"/>
     <w:rsid w:val="00D368A1"/>
     <w:rsid w:val="00D50A8A"/>
     <w:rsid w:val="00D53E60"/>
     <w:rsid w:val="00D63301"/>
     <w:rsid w:val="00D74087"/>
     <w:rsid w:val="00DA1D47"/>
-    <w:rsid w:val="00DA1EBE"/>
     <w:rsid w:val="00DA5416"/>
     <w:rsid w:val="00DC3CEA"/>
     <w:rsid w:val="00DC4427"/>
     <w:rsid w:val="00DD62EF"/>
     <w:rsid w:val="00DE1D1B"/>
     <w:rsid w:val="00DF4C3B"/>
     <w:rsid w:val="00DF57F3"/>
     <w:rsid w:val="00DF7160"/>
     <w:rsid w:val="00DF71A7"/>
     <w:rsid w:val="00E1011C"/>
     <w:rsid w:val="00E10CA2"/>
-    <w:rsid w:val="00E164DE"/>
     <w:rsid w:val="00E22113"/>
-    <w:rsid w:val="00E24A43"/>
     <w:rsid w:val="00E305EB"/>
     <w:rsid w:val="00E3290B"/>
     <w:rsid w:val="00E3633C"/>
     <w:rsid w:val="00E43EBD"/>
     <w:rsid w:val="00E462B1"/>
     <w:rsid w:val="00E534D9"/>
     <w:rsid w:val="00E55247"/>
     <w:rsid w:val="00E603BB"/>
     <w:rsid w:val="00E63BD8"/>
     <w:rsid w:val="00E71B4A"/>
     <w:rsid w:val="00E77E3D"/>
     <w:rsid w:val="00E800C3"/>
     <w:rsid w:val="00E9534C"/>
     <w:rsid w:val="00EA3615"/>
     <w:rsid w:val="00EA604B"/>
     <w:rsid w:val="00EB2329"/>
     <w:rsid w:val="00EB4A6E"/>
     <w:rsid w:val="00EB6A92"/>
     <w:rsid w:val="00EC1374"/>
     <w:rsid w:val="00EC6AA2"/>
     <w:rsid w:val="00ED3472"/>
     <w:rsid w:val="00EE0DB9"/>
     <w:rsid w:val="00EF3F03"/>
     <w:rsid w:val="00F1562A"/>
     <w:rsid w:val="00F16247"/>
@@ -8093,65 +8551,65 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8756757-8AFB-4642-829E-42471550BA43}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>152</Words>
-  <Characters>871</Characters>
+  <Characters>873</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>제목</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1021</CharactersWithSpaces>
+  <CharactersWithSpaces>1023</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SMI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>