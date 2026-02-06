--- v0 (2025-10-21)
+++ v1 (2026-02-06)
@@ -176,272 +176,308 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A1CF3" w:rsidRPr="005A1CF3" w14:paraId="51186F6A" w14:textId="77777777" w:rsidTr="00D0685E">
         <w:trPr>
           <w:trHeight w:val="64"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10065" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
           <w:p w14:paraId="67AF7495" w14:textId="77777777" w:rsidR="005A1CF3" w:rsidRPr="005A1CF3" w:rsidRDefault="005A1CF3" w:rsidP="00C96404">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0055449C" w:rsidRPr="005A1CF3" w14:paraId="2B3FB522" w14:textId="77777777" w:rsidTr="00D0685E">
+      <w:tr w:rsidR="002E0EAE" w:rsidRPr="005A1CF3" w14:paraId="2B3FB522" w14:textId="77777777" w:rsidTr="00D0685E">
         <w:trPr>
           <w:trHeight w:val="225"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6293" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="317715F1" w14:textId="2BBACECA" w:rsidR="0055449C" w:rsidRPr="009E45B7" w:rsidRDefault="0055449C" w:rsidP="0055449C">
+          <w:p w14:paraId="317715F1" w14:textId="37D4676F" w:rsidR="002E0EAE" w:rsidRPr="009E45B7" w:rsidRDefault="002E0EAE" w:rsidP="002E0EAE">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="5517"/>
               </w:tabs>
               <w:ind w:right="560"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>9.19</w:t>
+              <w:t>10.23</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>금</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">) ~ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>9. 21</w:t>
+              <w:t>10. 25</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">(일), KINTEX  </w:t>
-            </w:r>
+              <w:t xml:space="preserve">(일), </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">|  </w:t>
+              <w:t xml:space="preserve">KINTEX  </w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
-[...2 lines deleted...]
-                <w:color w:val="auto"/>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>www.</w:t>
-            </w:r>
+              <w:t>|</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:color w:val="auto"/>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>autosalon</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>korea</w:t>
+              <w:t>www.</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:t>autosalon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>korea</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E45B7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t>.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3772" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40918FA0" w14:textId="4F977A59" w:rsidR="0055449C" w:rsidRPr="009E45B7" w:rsidRDefault="0055449C" w:rsidP="0055449C">
+          <w:p w14:paraId="40918FA0" w14:textId="51354822" w:rsidR="002E0EAE" w:rsidRPr="009E45B7" w:rsidRDefault="002E0EAE" w:rsidP="002E0EAE">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3581"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">제출기한 : </w:t>
+              <w:t>제출기한 :</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009E45B7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="282828"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>2025.8.21(목)</w:t>
+              <w:t>2026.9.24(목)</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>까지</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4614A22F" w14:textId="77777777" w:rsidR="00060C20" w:rsidRPr="005A1CF3" w:rsidRDefault="00060C20" w:rsidP="00446BAF">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
           <w:color w:val="282828"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
@@ -1384,51 +1420,50 @@
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>자</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3458" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FB08668" w14:textId="77777777" w:rsidR="00D22EA2" w:rsidRPr="006945BB" w:rsidRDefault="00D22EA2" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3221305B" w14:textId="77777777" w:rsidR="00D22EA2" w:rsidRPr="009E45B7" w:rsidRDefault="00D22EA2" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -1534,51 +1569,50 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>락</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 처</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3458" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="480718F5" w14:textId="77777777" w:rsidR="00D22EA2" w:rsidRPr="006945BB" w:rsidRDefault="00D22EA2" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5355532F" w14:textId="77777777" w:rsidR="00D22EA2" w:rsidRPr="009E45B7" w:rsidRDefault="00D22EA2" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
@@ -3558,137 +3592,157 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>㈜</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>서울메쎄</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DF4C3B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CC1A3C2" w14:textId="77777777" w:rsidR="0055449C" w:rsidRPr="00DF4C3B" w:rsidRDefault="0055449C" w:rsidP="0055449C">
+    <w:p w14:paraId="6CC1A3C2" w14:textId="1BE9E800" w:rsidR="0055449C" w:rsidRPr="00DF4C3B" w:rsidRDefault="0055449C" w:rsidP="0055449C">
       <w:pPr>
         <w:pStyle w:val="s0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="A4E2FD"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF4C3B">
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>￭</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF4C3B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF4C3B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">납부기한: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>2025</w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="002E0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF4C3B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:r w:rsidR="002E0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4C3B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>8</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DF4C3B">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="002E0EAE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...9 lines deleted...]
-        <w:t>21</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF4C3B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>목</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF4C3B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:b/>
@@ -3755,69 +3809,78 @@
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="2731"/>
       </w:tblGrid>
       <w:tr w:rsidR="0055449C" w:rsidRPr="0049304F" w14:paraId="3CB0F8A6" w14:textId="77777777" w:rsidTr="0037028D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C50A2FE" w14:textId="77777777" w:rsidR="0055449C" w:rsidRPr="0049304F" w:rsidRDefault="0055449C" w:rsidP="0037028D">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2731" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C89C756" w14:textId="77777777" w:rsidR="0055449C" w:rsidRPr="0049304F" w:rsidRDefault="0055449C" w:rsidP="0037028D">
+          <w:p w14:paraId="2C89C756" w14:textId="07A441CF" w:rsidR="0055449C" w:rsidRPr="0049304F" w:rsidRDefault="0055449C" w:rsidP="0037028D">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>2024</w:t>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="002E0EAE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
+                <w:color w:val="282828"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="0049304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0049304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>년</w:t>
             </w:r>
             <w:r w:rsidRPr="0049304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
@@ -4064,58 +4127,58 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006267A2" w:rsidRPr="0055449C" w:rsidSect="005A1CF3">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11452" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4CC9E4E8" w14:textId="77777777" w:rsidR="000D56CA" w:rsidRDefault="000D56CA" w:rsidP="00C61362">
+    <w:p w14:paraId="63A78092" w14:textId="77777777" w:rsidR="00E8171B" w:rsidRDefault="00E8171B" w:rsidP="00C61362">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7F878DFE" w14:textId="77777777" w:rsidR="000D56CA" w:rsidRDefault="000D56CA" w:rsidP="00C61362">
+    <w:p w14:paraId="08DE3F39" w14:textId="77777777" w:rsidR="00E8171B" w:rsidRDefault="00E8171B" w:rsidP="00C61362">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="맑은 고딕">
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="바탕">
@@ -4133,51 +4196,51 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2976BE40" w14:textId="77777777" w:rsidR="0055449C" w:rsidRDefault="0055449C">
+  <w:p w14:paraId="434FB9B5" w14:textId="77777777" w:rsidR="00C416A0" w:rsidRDefault="00C416A0">
     <w:pPr>
       <w:pStyle w:val="a4"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5814C727" w14:textId="77777777" w:rsidR="00060C20" w:rsidRDefault="00571CA9">
     <w:pPr>
       <w:pStyle w:val="a4"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="447CCCC9" wp14:editId="02C90CEC">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>71384</wp:posOffset>
               </wp:positionH>
@@ -4199,564 +4262,967 @@
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6366510" cy="476250"/>
                       </a:xfrm>
                       <a:prstGeom prst="roundRect">
                         <a:avLst>
                           <a:gd name="adj" fmla="val 16667"/>
                         </a:avLst>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="3E49510C" w14:textId="77777777" w:rsidR="0055449C" w:rsidRPr="00D43C51" w:rsidRDefault="0055449C" w:rsidP="0055449C">
+                        <w:p w14:paraId="6495BAC3" w14:textId="77777777" w:rsidR="00C416A0" w:rsidRPr="00D43C51" w:rsidRDefault="00C416A0" w:rsidP="00C416A0">
                           <w:pPr>
                             <w:pStyle w:val="a6"/>
                             <w:spacing w:line="240" w:lineRule="auto"/>
                             <w:jc w:val="left"/>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:proofErr w:type="spellStart"/>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>오토살롱</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>테크코리아</w:t>
                           </w:r>
                           <w:proofErr w:type="spellEnd"/>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> 사무국 | E-mail : info@autosalon</w:t>
+                            <w:t xml:space="preserve"> 사무국 | </w:t>
+                          </w:r>
+                          <w:proofErr w:type="gramStart"/>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>E-mail :</w:t>
+                          </w:r>
+                          <w:proofErr w:type="gramEnd"/>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> info@autosalon</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>korea</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>.com</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="2D188134" w14:textId="24016857" w:rsidR="00571CA9" w:rsidRPr="00365C9F" w:rsidRDefault="0055449C" w:rsidP="00571CA9">
+                        <w:p w14:paraId="5F2AAB32" w14:textId="40D4BF2F" w:rsidR="00C416A0" w:rsidRPr="00365C9F" w:rsidRDefault="00C416A0" w:rsidP="00C416A0">
                           <w:pPr>
                             <w:pStyle w:val="a6"/>
                             <w:spacing w:line="240" w:lineRule="auto"/>
                             <w:jc w:val="left"/>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>㈜</w:t>
                           </w:r>
                           <w:proofErr w:type="spellStart"/>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>서울메쎄</w:t>
                           </w:r>
                           <w:proofErr w:type="spellEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> Tel : </w:t>
+                            <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r w:rsidR="00B771FD" w:rsidRPr="00B771FD">
+                          <w:proofErr w:type="gramStart"/>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>Tel :</w:t>
+                          </w:r>
+                          <w:proofErr w:type="gramEnd"/>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> 0</w:t>
+                          </w:r>
+                          <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t>070-5095-9913/16 / Fax : 02-865-5877</w:t>
+                            <w:t>70</w:t>
                           </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>-</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>5095</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>-</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>9913/</w:t>
+                          </w:r>
+                          <w:proofErr w:type="gramStart"/>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>9916</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> /</w:t>
+                          </w:r>
+                          <w:proofErr w:type="gramEnd"/>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:proofErr w:type="gramStart"/>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>Fax :</w:t>
+                          </w:r>
+                          <w:proofErr w:type="gramEnd"/>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> 02-</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>865</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>-</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00F94103">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>58</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>77</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="2D188134" w14:textId="3386326D" w:rsidR="00571CA9" w:rsidRPr="00365C9F" w:rsidRDefault="00571CA9" w:rsidP="00571CA9">
+                          <w:pPr>
+                            <w:pStyle w:val="a6"/>
+                            <w:spacing w:line="240" w:lineRule="auto"/>
+                            <w:jc w:val="left"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:roundrect w14:anchorId="447CCCC9" id="AutoShape 1" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:5.6pt;margin-top:-1.1pt;width:501.3pt;height:37.5pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBwMWB0JAIAAEcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zSlTdmo6WrVpQhp&#10;uYiFD3Bs5wKOx4zdpuXrmTht6QJPiDxYMxnPmTNnxqvbQ2fYXqNvwRY8nUw501aCam1d8C+fty9e&#10;ceaDsEoYsLrgR+357fr5s1Xvcj2DBozSyAjE+rx3BW9CcHmSeNnoTvgJOG0pWAF2IpCLdaJQ9ITe&#10;mWQ2nWZJD6gcgtTe09/7McjXEb+qtAwfqsrrwEzBiVuIJ8azHM5kvRJ5jcI1rTzREP/AohOtpaIX&#10;qHsRBNth+wdU10oED1WYSOgSqKpW6tgDdZNOf+vmsRFOx15IHO8uMvn/Byvf7x/dRxyoe/cA8ptn&#10;FjaNsLW+Q4S+0UJRuXQQKumdzy8Jg+MplZX9O1A0WrELEDU4VNgNgNQdO0Spjxep9SEwST+zl1m2&#10;SGkikmLzZTZbxFkkIj9nO/ThjYaODUbBEXZWfaJ5xhJi/+BD1FsxK7qhuvrKWdUZmt5eGJZmWbaM&#10;pEV+ukzYZ8zYLphWbVtjooN1uTHIKLXg2/idkv31NWNZX/CbxWwRWTyJ+WuIafz+BhH7iFs3SPva&#10;qmgH0ZrRJpbGnrQe5B022efhUB7o4mCWoI6kOsK4y/T2yGgAf3DW0x4X3H/fCdScmbeWJneTzufD&#10;4kdnvljOyMHrSHkdEVYSVMFlQM5GZxPG57Jz2NYN1Upj7xbuaN5VG86LMfI6MadtJevJc7j2461f&#10;73/9EwAA//8DAFBLAwQUAAYACAAAACEAtCuQiN4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;zU7DMBCE70i8g7VIXFDr/CDahjgVKuIEPdDyAG68TSLidbCdNvD0bE9wWo1mNPtNuZ5sL07oQ+dI&#10;QTpPQCDVznTUKPjYv8yWIELUZHTvCBV8Y4B1dX1V6sK4M73jaRcbwSUUCq2gjXEopAx1i1aHuRuQ&#10;2Ds6b3Vk6RtpvD5zue1lliQP0uqO+EOrB9y0WH/uRqug2X7ltNjnr6v7IXr55safzfOdUrc309Mj&#10;iIhT/AvDBZ/RoWKmgxvJBNGzTjNOKphlfC9+kua85aBgkS1BVqX8v6D6BQAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAHAxYHQkAgAARwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhALQrkIjeAAAACQEAAA8AAAAAAAAAAAAAAAAAfgQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="3E49510C" w14:textId="77777777" w:rsidR="0055449C" w:rsidRPr="00D43C51" w:rsidRDefault="0055449C" w:rsidP="0055449C">
+                  <w:p w14:paraId="6495BAC3" w14:textId="77777777" w:rsidR="00C416A0" w:rsidRPr="00D43C51" w:rsidRDefault="00C416A0" w:rsidP="00C416A0">
                     <w:pPr>
                       <w:pStyle w:val="a6"/>
                       <w:spacing w:line="240" w:lineRule="auto"/>
                       <w:jc w:val="left"/>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:proofErr w:type="spellStart"/>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>오토살롱</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>테크코리아</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> 사무국 | E-mail : info@autosalon</w:t>
+                      <w:t xml:space="preserve"> 사무국 | </w:t>
+                    </w:r>
+                    <w:proofErr w:type="gramStart"/>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>E-mail :</w:t>
+                    </w:r>
+                    <w:proofErr w:type="gramEnd"/>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> info@autosalon</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>korea</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>.com</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="2D188134" w14:textId="24016857" w:rsidR="00571CA9" w:rsidRPr="00365C9F" w:rsidRDefault="0055449C" w:rsidP="00571CA9">
+                  <w:p w14:paraId="5F2AAB32" w14:textId="40D4BF2F" w:rsidR="00C416A0" w:rsidRPr="00365C9F" w:rsidRDefault="00C416A0" w:rsidP="00C416A0">
                     <w:pPr>
                       <w:pStyle w:val="a6"/>
                       <w:spacing w:line="240" w:lineRule="auto"/>
                       <w:jc w:val="left"/>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>㈜</w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>서울메쎄</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> Tel : </w:t>
+                      <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r w:rsidR="00B771FD" w:rsidRPr="00B771FD">
+                    <w:proofErr w:type="gramStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>Tel :</w:t>
+                    </w:r>
+                    <w:proofErr w:type="gramEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> 0</w:t>
+                    </w:r>
+                    <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t>070-5095-9913/16 / Fax : 02-865-5877</w:t>
+                      <w:t>70</w:t>
                     </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>-</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>5095</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>-</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>9913/</w:t>
+                    </w:r>
+                    <w:proofErr w:type="gramStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>9916</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> /</w:t>
+                    </w:r>
+                    <w:proofErr w:type="gramEnd"/>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:proofErr w:type="gramStart"/>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>Fax :</w:t>
+                    </w:r>
+                    <w:proofErr w:type="gramEnd"/>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> 02-</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>865</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>-</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00F94103">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>58</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>77</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="2D188134" w14:textId="3386326D" w:rsidR="00571CA9" w:rsidRPr="00365C9F" w:rsidRDefault="00571CA9" w:rsidP="00571CA9">
+                    <w:pPr>
+                      <w:pStyle w:val="a6"/>
+                      <w:spacing w:line="240" w:lineRule="auto"/>
+                      <w:jc w:val="left"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                    </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:roundrect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="41F372C1" w14:textId="77777777" w:rsidR="0055449C" w:rsidRDefault="0055449C">
+  <w:p w14:paraId="29B374D4" w14:textId="77777777" w:rsidR="00C416A0" w:rsidRDefault="00C416A0">
     <w:pPr>
       <w:pStyle w:val="a4"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4CF5CEB2" w14:textId="77777777" w:rsidR="000D56CA" w:rsidRDefault="000D56CA" w:rsidP="00C61362">
+    <w:p w14:paraId="0C1CB56F" w14:textId="77777777" w:rsidR="00E8171B" w:rsidRDefault="00E8171B" w:rsidP="00C61362">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6E99F0DA" w14:textId="77777777" w:rsidR="000D56CA" w:rsidRDefault="000D56CA" w:rsidP="00C61362">
+    <w:p w14:paraId="101AD6F3" w14:textId="77777777" w:rsidR="00E8171B" w:rsidRDefault="00E8171B" w:rsidP="00C61362">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0B8D00F1" w14:textId="77777777" w:rsidR="0055449C" w:rsidRDefault="0055449C">
+  <w:p w14:paraId="6B9FEBA1" w14:textId="77777777" w:rsidR="00C416A0" w:rsidRDefault="00C416A0">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6798934A" w14:textId="77777777" w:rsidR="0055449C" w:rsidRDefault="0055449C">
+  <w:p w14:paraId="5E02B72F" w14:textId="77777777" w:rsidR="00C416A0" w:rsidRDefault="00C416A0">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3F7BF62D" w14:textId="77777777" w:rsidR="0055449C" w:rsidRDefault="0055449C">
+  <w:p w14:paraId="2678701D" w14:textId="77777777" w:rsidR="00C416A0" w:rsidRDefault="00C416A0">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="800"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C61362"/>
     <w:rsid w:val="00060C20"/>
     <w:rsid w:val="00073E1E"/>
     <w:rsid w:val="00096167"/>
     <w:rsid w:val="000A23BA"/>
     <w:rsid w:val="000B7FCE"/>
     <w:rsid w:val="000C10A9"/>
-    <w:rsid w:val="000D56CA"/>
     <w:rsid w:val="00197716"/>
     <w:rsid w:val="001E001D"/>
     <w:rsid w:val="001F0F40"/>
     <w:rsid w:val="001F2DDD"/>
     <w:rsid w:val="0020472D"/>
     <w:rsid w:val="002256F6"/>
     <w:rsid w:val="00227262"/>
     <w:rsid w:val="00231E93"/>
     <w:rsid w:val="00260ED8"/>
     <w:rsid w:val="00266B75"/>
     <w:rsid w:val="00275FE6"/>
     <w:rsid w:val="00283DD4"/>
+    <w:rsid w:val="002B2CDB"/>
     <w:rsid w:val="002B6485"/>
     <w:rsid w:val="002D1801"/>
+    <w:rsid w:val="002E0EAE"/>
     <w:rsid w:val="002F0CC2"/>
     <w:rsid w:val="002F5CE2"/>
     <w:rsid w:val="002F6341"/>
     <w:rsid w:val="0032754E"/>
     <w:rsid w:val="00327F16"/>
     <w:rsid w:val="0033609D"/>
     <w:rsid w:val="00356776"/>
     <w:rsid w:val="00357A4A"/>
     <w:rsid w:val="003D4B35"/>
     <w:rsid w:val="003E45C3"/>
     <w:rsid w:val="003F019A"/>
-    <w:rsid w:val="00403460"/>
     <w:rsid w:val="004118C5"/>
     <w:rsid w:val="00413CD1"/>
     <w:rsid w:val="00446BAF"/>
     <w:rsid w:val="004812E5"/>
     <w:rsid w:val="004B5F9A"/>
     <w:rsid w:val="004E2075"/>
     <w:rsid w:val="004F6883"/>
     <w:rsid w:val="005105E2"/>
     <w:rsid w:val="00510C48"/>
     <w:rsid w:val="0052743D"/>
     <w:rsid w:val="005403C6"/>
     <w:rsid w:val="0054510E"/>
     <w:rsid w:val="0055449C"/>
     <w:rsid w:val="00571CA9"/>
     <w:rsid w:val="00575BC4"/>
     <w:rsid w:val="00580FDD"/>
     <w:rsid w:val="00594260"/>
+    <w:rsid w:val="005A1955"/>
     <w:rsid w:val="005A1CF3"/>
     <w:rsid w:val="005B6478"/>
     <w:rsid w:val="005C091B"/>
     <w:rsid w:val="00601BED"/>
     <w:rsid w:val="00615F96"/>
     <w:rsid w:val="006267A2"/>
     <w:rsid w:val="00637A3E"/>
     <w:rsid w:val="0064524E"/>
     <w:rsid w:val="006945BB"/>
     <w:rsid w:val="006B53D8"/>
     <w:rsid w:val="006B6408"/>
     <w:rsid w:val="006E00F9"/>
     <w:rsid w:val="00746D7B"/>
     <w:rsid w:val="00770C42"/>
     <w:rsid w:val="007777EA"/>
     <w:rsid w:val="007A254E"/>
     <w:rsid w:val="007C458E"/>
     <w:rsid w:val="007E0C34"/>
     <w:rsid w:val="007E162C"/>
     <w:rsid w:val="00844882"/>
-    <w:rsid w:val="0086685A"/>
     <w:rsid w:val="00892232"/>
     <w:rsid w:val="008E4304"/>
     <w:rsid w:val="00912497"/>
     <w:rsid w:val="00920D43"/>
     <w:rsid w:val="009257CE"/>
     <w:rsid w:val="00933E86"/>
     <w:rsid w:val="00943C95"/>
+    <w:rsid w:val="00950DEE"/>
     <w:rsid w:val="00974740"/>
     <w:rsid w:val="0098162B"/>
     <w:rsid w:val="00987455"/>
     <w:rsid w:val="009A3C52"/>
     <w:rsid w:val="009B28DF"/>
     <w:rsid w:val="009B3FB7"/>
     <w:rsid w:val="009B65A2"/>
     <w:rsid w:val="009C3A0E"/>
     <w:rsid w:val="009E2A98"/>
     <w:rsid w:val="009F7EB2"/>
     <w:rsid w:val="00A00C8D"/>
     <w:rsid w:val="00A04A66"/>
     <w:rsid w:val="00A1392F"/>
     <w:rsid w:val="00A13EA2"/>
     <w:rsid w:val="00A822B9"/>
     <w:rsid w:val="00AE42BE"/>
     <w:rsid w:val="00B16568"/>
     <w:rsid w:val="00B42FF1"/>
     <w:rsid w:val="00B52EA5"/>
     <w:rsid w:val="00B55A98"/>
-    <w:rsid w:val="00B771FD"/>
     <w:rsid w:val="00B91589"/>
     <w:rsid w:val="00BA2F77"/>
     <w:rsid w:val="00BA4A03"/>
     <w:rsid w:val="00BE4E58"/>
     <w:rsid w:val="00C11689"/>
     <w:rsid w:val="00C16732"/>
     <w:rsid w:val="00C16B32"/>
     <w:rsid w:val="00C235DF"/>
     <w:rsid w:val="00C32C44"/>
+    <w:rsid w:val="00C416A0"/>
     <w:rsid w:val="00C61362"/>
     <w:rsid w:val="00CB711D"/>
     <w:rsid w:val="00CD4B32"/>
     <w:rsid w:val="00CD52D3"/>
     <w:rsid w:val="00CD7570"/>
     <w:rsid w:val="00D0685E"/>
     <w:rsid w:val="00D22EA2"/>
     <w:rsid w:val="00D6361C"/>
     <w:rsid w:val="00DA298E"/>
     <w:rsid w:val="00DA5EF2"/>
     <w:rsid w:val="00DC3CEA"/>
     <w:rsid w:val="00DD7DA7"/>
     <w:rsid w:val="00E0592B"/>
     <w:rsid w:val="00E07BFA"/>
     <w:rsid w:val="00E311CF"/>
     <w:rsid w:val="00E33B19"/>
     <w:rsid w:val="00E613CC"/>
     <w:rsid w:val="00E654D5"/>
+    <w:rsid w:val="00E8171B"/>
     <w:rsid w:val="00E85A44"/>
     <w:rsid w:val="00EA0C22"/>
     <w:rsid w:val="00EA527B"/>
     <w:rsid w:val="00EC6191"/>
     <w:rsid w:val="00EC781F"/>
     <w:rsid w:val="00EF18A6"/>
     <w:rsid w:val="00F26B35"/>
     <w:rsid w:val="00F36ED1"/>
     <w:rsid w:val="00F43DC8"/>
     <w:rsid w:val="00F502EF"/>
     <w:rsid w:val="00F66016"/>
     <w:rsid w:val="00F77959"/>
+    <w:rsid w:val="00F94103"/>
     <w:rsid w:val="00FA6851"/>
     <w:rsid w:val="00FB4536"/>
     <w:rsid w:val="00FB4DFB"/>
     <w:rsid w:val="00FC28C2"/>
     <w:rsid w:val="00FD2ECC"/>
     <w:rsid w:val="00FE376D"/>
     <w:rsid w:val="00FE7438"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
@@ -5160,50 +5626,51 @@
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F66016"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:wordWrap w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cstheme="minorBidi"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
@@ -5830,65 +6297,65 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F1C7B35-1498-498E-8D8C-25347CB99471}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>132</Words>
-  <Characters>756</Characters>
+  <Characters>758</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>제목</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>887</CharactersWithSpaces>
+  <CharactersWithSpaces>889</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SMI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>