--- v0 (2025-10-21)
+++ v1 (2026-02-06)
@@ -1,39 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5CA0BFE8" w14:textId="77777777" w:rsidR="000F4986" w:rsidRDefault="000F4986"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a9"/>
         <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -203,205 +208,182 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="1"/>
         <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6293"/>
         <w:gridCol w:w="4197"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000F4986" w:rsidRPr="009E45B7" w14:paraId="54FF9AF7" w14:textId="77777777" w:rsidTr="0024578B">
+      <w:tr w:rsidR="00160E22" w:rsidRPr="009E45B7" w14:paraId="54FF9AF7" w14:textId="77777777" w:rsidTr="0024578B">
         <w:trPr>
           <w:trHeight w:val="225"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6293" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46BAF080" w14:textId="2487B10C" w:rsidR="000F4986" w:rsidRPr="009E45B7" w:rsidRDefault="000F4986" w:rsidP="000F4986">
+          <w:p w14:paraId="46BAF080" w14:textId="408402B4" w:rsidR="00160E22" w:rsidRPr="009E45B7" w:rsidRDefault="00160E22" w:rsidP="00160E22">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="5517"/>
               </w:tabs>
               <w:ind w:right="560"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>9.19</w:t>
+              <w:t>10.23</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>금</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">) ~ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>9. 21</w:t>
+              <w:t>10. 25</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">(일), </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t xml:space="preserve">(일), KINTEX  </w:t>
+            </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
-                <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">KINTEX  </w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+              <w:t xml:space="preserve">|  </w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>www.</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>autosalon</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -409,101 +391,88 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>korea</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CA9466E" w14:textId="03B28633" w:rsidR="000F4986" w:rsidRPr="009E45B7" w:rsidRDefault="000F4986" w:rsidP="000F4986">
+          <w:p w14:paraId="0CA9466E" w14:textId="7A0DC3FC" w:rsidR="00160E22" w:rsidRPr="009E45B7" w:rsidRDefault="00160E22" w:rsidP="00160E22">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3581"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>제출기한 :</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">제출기한 : </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>2025.8.21(목)</w:t>
+              <w:t>2026.9.24(목)</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>까지</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6CE8C7A0" w14:textId="77777777" w:rsidR="00AC1672" w:rsidRPr="00B845AA" w:rsidRDefault="00AC1672" w:rsidP="00AC1672">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="282828"/>
@@ -820,51 +789,50 @@
             <w:r w:rsidRPr="00B845AA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B845AA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>자</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3799A889" w14:textId="77777777" w:rsidR="00B845AA" w:rsidRPr="004C59E8" w:rsidRDefault="00B845AA" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CE358AD" w14:textId="77777777" w:rsidR="00B845AA" w:rsidRPr="00B845AA" w:rsidRDefault="00B845AA" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -941,80 +909,57 @@
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03555DD3" w14:textId="77777777" w:rsidR="00B845AA" w:rsidRPr="00B845AA" w:rsidRDefault="00B845AA" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B845AA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">연 </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> 처</w:t>
+              <w:t>연 락 처</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CFD29A9" w14:textId="77777777" w:rsidR="00B845AA" w:rsidRPr="004C59E8" w:rsidRDefault="00B845AA" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17343993" w14:textId="77777777" w:rsidR="00B845AA" w:rsidRPr="00B845AA" w:rsidRDefault="00B845AA" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
@@ -1942,64 +1887,52 @@
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="55B711DE" w14:textId="77777777" w:rsidR="005672B3" w:rsidRPr="000F2D92" w:rsidRDefault="005672B3" w:rsidP="005672B3">
             <w:pPr>
               <w:widowControl/>
               <w:wordWrap/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F2D92">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">팩 </w:t>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>팩 스</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6B354305" w14:textId="77777777" w:rsidR="005672B3" w:rsidRPr="000F2D92" w:rsidRDefault="005672B3" w:rsidP="005672B3">
             <w:pPr>
               <w:widowControl/>
               <w:wordWrap/>
               <w:autoSpaceDE/>
@@ -2454,87 +2387,78 @@
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="2731"/>
       </w:tblGrid>
       <w:tr w:rsidR="000F4986" w:rsidRPr="0049304F" w14:paraId="1DEE1B82" w14:textId="77777777" w:rsidTr="0037028D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56860028" w14:textId="77777777" w:rsidR="000F4986" w:rsidRPr="0049304F" w:rsidRDefault="000F4986" w:rsidP="0037028D">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2731" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DC0F118" w14:textId="01765D11" w:rsidR="000F4986" w:rsidRPr="0049304F" w:rsidRDefault="000F4986" w:rsidP="0037028D">
+          <w:p w14:paraId="6DC0F118" w14:textId="73E3680C" w:rsidR="000F4986" w:rsidRPr="0049304F" w:rsidRDefault="000F4986" w:rsidP="0037028D">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00222760">
+            <w:r w:rsidR="007101D9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="0049304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>년</w:t>
             </w:r>
             <w:r w:rsidRPr="0049304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidRPr="0049304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
@@ -2600,69 +2524,58 @@
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F4986" w:rsidRPr="0049304F" w14:paraId="063C3254" w14:textId="77777777" w:rsidTr="0037028D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B2E4815" w14:textId="77777777" w:rsidR="000F4986" w:rsidRPr="0049304F" w:rsidRDefault="000F4986" w:rsidP="0037028D">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0049304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>대표명</w:t>
-[...9 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>대표명:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2731" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59900C7E" w14:textId="77777777" w:rsidR="000F4986" w:rsidRPr="0049304F" w:rsidRDefault="000F4986" w:rsidP="0037028D">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:b/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0049304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
@@ -2718,169 +2631,171 @@
           <w:bCs/>
           <w:color w:val="282828"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E637590" w14:textId="72BF9FFF" w:rsidR="000F4986" w:rsidRPr="009E45B7" w:rsidRDefault="000F4986" w:rsidP="000F4986">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E45B7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="282828"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>「</w:t>
-[...11 lines deleted...]
-        <w:t>오토살롱</w:t>
+        <w:t>「오토살롱</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="282828"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>테크코리아</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009E45B7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="282828"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>」 사무국 귀중</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F75BD37" w14:textId="4C10DE08" w:rsidR="001E702C" w:rsidRPr="000F4986" w:rsidRDefault="001E702C" w:rsidP="000F4986">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="282828"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001E702C" w:rsidRPr="000F4986" w:rsidSect="00AC1672">
-      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5FF0DE35" w14:textId="77777777" w:rsidR="008A2496" w:rsidRDefault="008A2496" w:rsidP="00B65A23">
+    <w:p w14:paraId="76F43AA1" w14:textId="77777777" w:rsidR="002A5B37" w:rsidRDefault="002A5B37" w:rsidP="00B65A23">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="55FD46C3" w14:textId="77777777" w:rsidR="008A2496" w:rsidRDefault="008A2496" w:rsidP="00B65A23">
+    <w:p w14:paraId="74C3C45F" w14:textId="77777777" w:rsidR="002A5B37" w:rsidRDefault="002A5B37" w:rsidP="00B65A23">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="맑은 고딕">
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="바탕">
     <w:altName w:val="Batang"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="굴림">
     <w:altName w:val="Gulim"/>
     <w:panose1 w:val="020B0600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3CB51C05" w14:textId="77777777" w:rsidR="00470967" w:rsidRDefault="00470967">
+    <w:pPr>
+      <w:pStyle w:val="a6"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0DE760A4" w14:textId="77777777" w:rsidR="0055012D" w:rsidRDefault="00CF3A2B">
     <w:pPr>
       <w:pStyle w:val="a6"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="407C44A9" wp14:editId="4D3F8953">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>140722</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-182328</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6366510" cy="480916"/>
               <wp:effectExtent l="0" t="0" r="15240" b="14605"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="AutoShape 6"/>
               <wp:cNvGraphicFramePr>
@@ -2894,507 +2809,567 @@
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6366510" cy="480916"/>
                       </a:xfrm>
                       <a:prstGeom prst="roundRect">
                         <a:avLst>
                           <a:gd name="adj" fmla="val 16667"/>
                         </a:avLst>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="60C3F917" w14:textId="77777777" w:rsidR="000F4986" w:rsidRPr="00D43C51" w:rsidRDefault="000F4986" w:rsidP="000F4986">
+                        <w:p w14:paraId="0E7DFA17" w14:textId="77777777" w:rsidR="007101D9" w:rsidRPr="00D43C51" w:rsidRDefault="007101D9" w:rsidP="007101D9">
                           <w:pPr>
                             <w:pStyle w:val="a3"/>
                             <w:spacing w:line="240" w:lineRule="auto"/>
                             <w:jc w:val="left"/>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:proofErr w:type="spellStart"/>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>오토살롱</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>테크코리아</w:t>
                           </w:r>
-                          <w:proofErr w:type="spellEnd"/>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> 사무국 | </w:t>
-[...21 lines deleted...]
-                            <w:t xml:space="preserve"> info@autosalon</w:t>
+                            <w:t xml:space="preserve"> 사무국 | E-mail : info@autosalon</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>korea</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>.com</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="514E1C3F" w14:textId="15D53E48" w:rsidR="00596A2C" w:rsidRDefault="000F4986" w:rsidP="00B41199">
+                        <w:p w14:paraId="11F00C37" w14:textId="5F9E4FEC" w:rsidR="007101D9" w:rsidRPr="00365C9F" w:rsidRDefault="007101D9" w:rsidP="007101D9">
                           <w:pPr>
                             <w:pStyle w:val="a3"/>
                             <w:spacing w:line="240" w:lineRule="auto"/>
                             <w:jc w:val="left"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t>㈜</w:t>
+                            <w:t>㈜서울메쎄</w:t>
                           </w:r>
-                          <w:proofErr w:type="spellStart"/>
-                          <w:r w:rsidRPr="00D43C51">
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> Tel : 0</w:t>
+                          </w:r>
+                          <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t>서울메쎄</w:t>
+                            <w:t>70</w:t>
                           </w:r>
-                          <w:proofErr w:type="spellEnd"/>
                           <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>-</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>5095</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>-</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>9913/9916</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> / Fax : 02-</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>865</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>-</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00470967">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>58</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>77</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:proofErr w:type="gramStart"/>
-[...74 lines deleted...]
-                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="514E1C3F" w14:textId="37BCCAFC" w:rsidR="00596A2C" w:rsidRDefault="00596A2C" w:rsidP="00596A2C">
+                          <w:pPr>
+                            <w:pStyle w:val="a3"/>
+                            <w:spacing w:line="168" w:lineRule="auto"/>
+                            <w:jc w:val="left"/>
+                          </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:roundrect w14:anchorId="407C44A9" id="AutoShape 6" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:11.1pt;margin-top:-14.35pt;width:501.3pt;height:37.85pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9HuC0IwIAAEUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1+P0zAMf0fiO0R5Z23H1rtV606nHUNI&#10;xx9x8AHSJG0DaRySbN3dp8dNu7EDnhB5iOw4/tn+2V7fHDtNDtJ5Baak2SylRBoOQpmmpF+/7F5d&#10;U+IDM4JpMLKkj9LTm83LF+veFnIOLWghHUEQ44velrQNwRZJ4nkrO+ZnYKVBYw2uYwFV1yTCsR7R&#10;O53M0zRPenDCOuDSe3y9G410E/HrWvLwsa69DESXFHML8XbxroY72axZ0ThmW8WnNNg/ZNExZTDo&#10;GeqOBUb2Tv0B1SnuwEMdZhy6BOpacRlrwGqy9LdqHlpmZawFyfH2TJP/f7D8w+HBfnJD6t7eA//u&#10;iYFty0wjb52DvpVMYLhsICrprS/ODoPi0ZVU/XsQ2Fq2DxA5ONauGwCxOnKMVD+eqZbHQDg+5q/z&#10;fJlhRzjaFtfpKstjCFacvK3z4a2EjgxCSR3sjfiM/Ywh2OHeh8i3IIZ1Q3TxjZK609i9A9Mky/P8&#10;akKcPiesOGHGckErsVNaR8U11VY7gq4l3cUzOfvLb9qQvqSr5XwZs3hm85cQaTx/g4h1xKkbqH1j&#10;RJQDU3qUMUttJq4HeodJ9kU4Vkf8OIgViEdk3cE4y7h7KLTgnijpcY5L6n/smZOU6HcGO7fKFoth&#10;8KOyWF7NUXGXlurSwgxHqJIGSkZxG8Zl2VunmhYjZbFyA7fY7VqF01iMWU1546yi9GwZLvX469f2&#10;b34CAAD//wMAUEsDBBQABgAIAAAAIQBaJRDp3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcWhur0BKyqRASXBEpB45OvCQR8TqNnTTw9bgnOK72aeZNvl9cL2YaQ+cZ4Wat&#10;QBDX3nbcILwfnlc7ECEatqb3TAjfFGBfXF7kJrP+xG80l7ERKYRDZhDaGIdMylC35ExY+4E4/T79&#10;6ExM59hIO5pTCne91ErdSWc6Tg2tGeippfqrnBxCbdWkxo/59b66jeXPPB1ZvhwRr6+WxwcQkZb4&#10;B8NZP6lDkZwqP7ENokfQWicSYaV3WxBnQOlNGlMhbLYKZJHL/xOKXwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQB9HuC0IwIAAEUEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQBaJRDp3QAAAAoBAAAPAAAAAAAAAAAAAAAAAH0EAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAhwUAAAAA&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="60C3F917" w14:textId="77777777" w:rsidR="000F4986" w:rsidRPr="00D43C51" w:rsidRDefault="000F4986" w:rsidP="000F4986">
+                  <w:p w14:paraId="0E7DFA17" w14:textId="77777777" w:rsidR="007101D9" w:rsidRPr="00D43C51" w:rsidRDefault="007101D9" w:rsidP="007101D9">
                     <w:pPr>
                       <w:pStyle w:val="a3"/>
                       <w:spacing w:line="240" w:lineRule="auto"/>
                       <w:jc w:val="left"/>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:proofErr w:type="spellStart"/>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>오토살롱</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>테크코리아</w:t>
                     </w:r>
-                    <w:proofErr w:type="spellEnd"/>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> 사무국 | </w:t>
-[...21 lines deleted...]
-                      <w:t xml:space="preserve"> info@autosalon</w:t>
+                      <w:t xml:space="preserve"> 사무국 | E-mail : info@autosalon</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>korea</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>.com</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="514E1C3F" w14:textId="15D53E48" w:rsidR="00596A2C" w:rsidRDefault="000F4986" w:rsidP="00B41199">
+                  <w:p w14:paraId="11F00C37" w14:textId="5F9E4FEC" w:rsidR="007101D9" w:rsidRPr="00365C9F" w:rsidRDefault="007101D9" w:rsidP="007101D9">
                     <w:pPr>
                       <w:pStyle w:val="a3"/>
                       <w:spacing w:line="240" w:lineRule="auto"/>
                       <w:jc w:val="left"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t>㈜</w:t>
+                      <w:t>㈜서울메쎄</w:t>
                     </w:r>
-                    <w:proofErr w:type="spellStart"/>
-                    <w:r w:rsidRPr="00D43C51">
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> Tel : 0</w:t>
+                    </w:r>
+                    <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t>서울메쎄</w:t>
+                      <w:t>70</w:t>
                     </w:r>
-                    <w:proofErr w:type="spellEnd"/>
                     <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>-</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>5095</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>-</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>9913/9916</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> / Fax : 02-</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>865</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>-</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00470967">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>58</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>77</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:proofErr w:type="gramStart"/>
-[...74 lines deleted...]
-                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="514E1C3F" w14:textId="37BCCAFC" w:rsidR="00596A2C" w:rsidRDefault="00596A2C" w:rsidP="00596A2C">
+                    <w:pPr>
+                      <w:pStyle w:val="a3"/>
+                      <w:spacing w:line="168" w:lineRule="auto"/>
+                      <w:jc w:val="left"/>
+                    </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:roundrect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="766C8878" w14:textId="77777777" w:rsidR="00470967" w:rsidRDefault="00470967">
+    <w:pPr>
+      <w:pStyle w:val="a6"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5380B907" w14:textId="77777777" w:rsidR="008A2496" w:rsidRDefault="008A2496" w:rsidP="00B65A23">
+    <w:p w14:paraId="28E45CBB" w14:textId="77777777" w:rsidR="002A5B37" w:rsidRDefault="002A5B37" w:rsidP="00B65A23">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1DB61E80" w14:textId="77777777" w:rsidR="008A2496" w:rsidRDefault="008A2496" w:rsidP="00B65A23">
+    <w:p w14:paraId="5D22ACF8" w14:textId="77777777" w:rsidR="002A5B37" w:rsidRDefault="002A5B37" w:rsidP="00B65A23">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6C8100E3" w14:textId="77777777" w:rsidR="00470967" w:rsidRDefault="00470967">
+    <w:pPr>
+      <w:pStyle w:val="a5"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5F30DE83" w14:textId="77777777" w:rsidR="00470967" w:rsidRDefault="00470967">
+    <w:pPr>
+      <w:pStyle w:val="a5"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="36D11988" w14:textId="77777777" w:rsidR="00470967" w:rsidRDefault="00470967">
+    <w:pPr>
+      <w:pStyle w:val="a5"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05EC53D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F81AADE2"/>
     <w:lvl w:ilvl="0" w:tplc="485ECD92">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -3636,181 +3611,183 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4000" w:hanging="400"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1528758517">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1078289662">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="948004128">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="800"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005672B3"/>
     <w:rsid w:val="000418D2"/>
     <w:rsid w:val="0005659F"/>
     <w:rsid w:val="00074764"/>
     <w:rsid w:val="00086A32"/>
     <w:rsid w:val="000F2D92"/>
     <w:rsid w:val="000F4986"/>
     <w:rsid w:val="001073F5"/>
     <w:rsid w:val="00112BC4"/>
+    <w:rsid w:val="0011566B"/>
     <w:rsid w:val="00115C6A"/>
-    <w:rsid w:val="00125676"/>
+    <w:rsid w:val="00160E22"/>
     <w:rsid w:val="00192C38"/>
     <w:rsid w:val="001E702C"/>
-    <w:rsid w:val="00222760"/>
+    <w:rsid w:val="00222A9F"/>
     <w:rsid w:val="002A193B"/>
-    <w:rsid w:val="002C57BB"/>
+    <w:rsid w:val="002A5B37"/>
     <w:rsid w:val="002F0C02"/>
     <w:rsid w:val="00302458"/>
     <w:rsid w:val="00312FA9"/>
     <w:rsid w:val="00317FA3"/>
     <w:rsid w:val="003344BD"/>
     <w:rsid w:val="00366B27"/>
     <w:rsid w:val="003760B3"/>
     <w:rsid w:val="0038010F"/>
     <w:rsid w:val="00384575"/>
     <w:rsid w:val="00385F50"/>
     <w:rsid w:val="004265BF"/>
     <w:rsid w:val="00430795"/>
     <w:rsid w:val="00452A79"/>
+    <w:rsid w:val="00470967"/>
     <w:rsid w:val="004919A7"/>
     <w:rsid w:val="004C59E8"/>
+    <w:rsid w:val="004F07CA"/>
     <w:rsid w:val="004F0B7B"/>
     <w:rsid w:val="0055012D"/>
     <w:rsid w:val="00550403"/>
     <w:rsid w:val="005672B3"/>
     <w:rsid w:val="005747AD"/>
     <w:rsid w:val="00596A2C"/>
     <w:rsid w:val="005C53D0"/>
     <w:rsid w:val="005F5C67"/>
+    <w:rsid w:val="00604E97"/>
     <w:rsid w:val="006241C5"/>
     <w:rsid w:val="00635578"/>
-    <w:rsid w:val="006F7440"/>
     <w:rsid w:val="00703AA9"/>
+    <w:rsid w:val="007101D9"/>
     <w:rsid w:val="007444FA"/>
     <w:rsid w:val="0074755E"/>
     <w:rsid w:val="00766690"/>
     <w:rsid w:val="007A63C2"/>
     <w:rsid w:val="007B1C5F"/>
     <w:rsid w:val="007B2D35"/>
     <w:rsid w:val="007F4AE6"/>
     <w:rsid w:val="00834CE0"/>
     <w:rsid w:val="00844C71"/>
+    <w:rsid w:val="00857EE1"/>
     <w:rsid w:val="0086089D"/>
-    <w:rsid w:val="008A2496"/>
     <w:rsid w:val="008D0595"/>
     <w:rsid w:val="008F2D4D"/>
     <w:rsid w:val="00926854"/>
+    <w:rsid w:val="00950DEE"/>
     <w:rsid w:val="00961AAF"/>
     <w:rsid w:val="00972482"/>
     <w:rsid w:val="00997CE4"/>
     <w:rsid w:val="009C0444"/>
     <w:rsid w:val="00A11669"/>
     <w:rsid w:val="00A624DA"/>
     <w:rsid w:val="00A8490C"/>
     <w:rsid w:val="00A903F6"/>
     <w:rsid w:val="00A93750"/>
     <w:rsid w:val="00AA63B1"/>
     <w:rsid w:val="00AB7439"/>
     <w:rsid w:val="00AC0121"/>
     <w:rsid w:val="00AC1672"/>
     <w:rsid w:val="00AC3935"/>
     <w:rsid w:val="00AD5F52"/>
     <w:rsid w:val="00B014B7"/>
-    <w:rsid w:val="00B41199"/>
     <w:rsid w:val="00B44F6D"/>
     <w:rsid w:val="00B65A23"/>
     <w:rsid w:val="00B845AA"/>
     <w:rsid w:val="00B93B4D"/>
     <w:rsid w:val="00BA281F"/>
     <w:rsid w:val="00BA772E"/>
-    <w:rsid w:val="00C00D8A"/>
     <w:rsid w:val="00C04366"/>
     <w:rsid w:val="00C066E1"/>
     <w:rsid w:val="00C371C5"/>
     <w:rsid w:val="00C7356F"/>
     <w:rsid w:val="00C742D4"/>
     <w:rsid w:val="00C82CD7"/>
-    <w:rsid w:val="00C86DC4"/>
     <w:rsid w:val="00CA759C"/>
     <w:rsid w:val="00CD2A85"/>
     <w:rsid w:val="00CD3D10"/>
     <w:rsid w:val="00CF3A2B"/>
     <w:rsid w:val="00D202D5"/>
     <w:rsid w:val="00D270B8"/>
     <w:rsid w:val="00D84451"/>
+    <w:rsid w:val="00D96DF6"/>
     <w:rsid w:val="00DC3CEA"/>
     <w:rsid w:val="00DC4D07"/>
     <w:rsid w:val="00DC7DD8"/>
     <w:rsid w:val="00E14F3C"/>
     <w:rsid w:val="00E2119F"/>
     <w:rsid w:val="00E30245"/>
     <w:rsid w:val="00E30CD4"/>
     <w:rsid w:val="00EC592F"/>
     <w:rsid w:val="00EE57EC"/>
     <w:rsid w:val="00F14547"/>
     <w:rsid w:val="00F72127"/>
     <w:rsid w:val="00FA5B70"/>
     <w:rsid w:val="00FB0EA7"/>
     <w:rsid w:val="00FE22D8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
@@ -4216,50 +4193,51 @@
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00635578"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:wordWrap w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a3">
     <w:name w:val="바탕글"/>
@@ -4463,51 +4441,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1854296024">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 테마">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4755,64 +4733,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>94</Words>
-  <Characters>539</Characters>
+  <Characters>540</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>제목</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>632</CharactersWithSpaces>
+  <CharactersWithSpaces>633</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SMI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>