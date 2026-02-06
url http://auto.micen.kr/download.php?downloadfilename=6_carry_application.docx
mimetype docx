--- v0 (2025-10-21)
+++ v1 (2026-02-06)
@@ -218,161 +218,161 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="1"/>
         <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6293"/>
         <w:gridCol w:w="4197"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E31D5D" w:rsidRPr="009E45B7" w14:paraId="2773ACBE" w14:textId="77777777" w:rsidTr="0024578B">
+      <w:tr w:rsidR="0077477C" w:rsidRPr="009E45B7" w14:paraId="2773ACBE" w14:textId="77777777" w:rsidTr="0024578B">
         <w:trPr>
           <w:trHeight w:val="225"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6293" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39F7945E" w14:textId="7DB85258" w:rsidR="00E31D5D" w:rsidRPr="009E45B7" w:rsidRDefault="00E31D5D" w:rsidP="00E31D5D">
+          <w:p w14:paraId="39F7945E" w14:textId="77981D3C" w:rsidR="0077477C" w:rsidRPr="009E45B7" w:rsidRDefault="0077477C" w:rsidP="0077477C">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="5517"/>
               </w:tabs>
               <w:ind w:right="560"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>9.19</w:t>
+              <w:t>10.23</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>금</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">) ~ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>9. 21</w:t>
+              <w:t>10. 25</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">(일), </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">KINTEX  </w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
@@ -424,102 +424,102 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>korea</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A039B8F" w14:textId="4CF992C0" w:rsidR="00E31D5D" w:rsidRPr="009E45B7" w:rsidRDefault="00E31D5D" w:rsidP="00E31D5D">
+          <w:p w14:paraId="6A039B8F" w14:textId="0B9EA7DF" w:rsidR="0077477C" w:rsidRPr="009E45B7" w:rsidRDefault="0077477C" w:rsidP="0077477C">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3581"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="320"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>제출기한 :</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>2025.8.21(목)</w:t>
+              <w:t>2026.9.24(목)</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>까지</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1BB6CF2A" w14:textId="77777777" w:rsidR="00E740E7" w:rsidRPr="00EA794A" w:rsidRDefault="00EA794A" w:rsidP="00EA794A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:snapToGrid w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
@@ -992,51 +992,50 @@
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>자</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3458" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BFF4E82" w14:textId="77777777" w:rsidR="00EA794A" w:rsidRPr="00B378BD" w:rsidRDefault="00EA794A" w:rsidP="00EA794A">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C73958F" w14:textId="77777777" w:rsidR="00EA794A" w:rsidRPr="009E45B7" w:rsidRDefault="00EA794A" w:rsidP="00EA794A">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -1142,51 +1141,50 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>락</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 처</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3458" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="472EA570" w14:textId="77777777" w:rsidR="00B378BD" w:rsidRPr="00B378BD" w:rsidRDefault="00B378BD" w:rsidP="00B378BD">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="638D87B0" w14:textId="77777777" w:rsidR="00EA794A" w:rsidRPr="009E45B7" w:rsidRDefault="00EA794A" w:rsidP="00EA794A">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
@@ -3299,87 +3297,78 @@
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="2731"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E31D5D" w:rsidRPr="0049304F" w14:paraId="7C44F46D" w14:textId="77777777" w:rsidTr="00CB1F5D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6EBDB43B" w14:textId="77777777" w:rsidR="00E31D5D" w:rsidRPr="0049304F" w:rsidRDefault="00E31D5D" w:rsidP="00CB1F5D">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2731" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EB837E3" w14:textId="4225B2F1" w:rsidR="00E31D5D" w:rsidRPr="0049304F" w:rsidRDefault="00E31D5D" w:rsidP="00CB1F5D">
+          <w:p w14:paraId="7EB837E3" w14:textId="42DD7C2B" w:rsidR="00E31D5D" w:rsidRPr="0049304F" w:rsidRDefault="00E31D5D" w:rsidP="00CB1F5D">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00385297">
+            <w:r w:rsidR="0077477C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="0049304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>년</w:t>
             </w:r>
             <w:r w:rsidRPr="0049304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidRPr="0049304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
@@ -3616,87 +3605,99 @@
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="282828"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41E5866F" w14:textId="77777777" w:rsidR="003E083D" w:rsidRPr="00E31D5D" w:rsidRDefault="003E083D" w:rsidP="00EA794A">
       <w:pPr>
         <w:widowControl/>
         <w:wordWrap/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D63194F" w14:textId="77777777" w:rsidR="00C61362" w:rsidRPr="001E11CC" w:rsidRDefault="00C61362" w:rsidP="00EA794A">
+    <w:p w14:paraId="1D63194F" w14:textId="6C967A45" w:rsidR="00C61362" w:rsidRPr="001E11CC" w:rsidRDefault="008F0102" w:rsidP="008F0102">
       <w:pPr>
         <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6186"/>
+        </w:tabs>
         <w:wordWrap/>
         <w:autoSpaceDE/>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C61362" w:rsidRPr="001E11CC" w:rsidSect="00EA794A">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11452" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0AC0BADE" w14:textId="77777777" w:rsidR="00AA63E2" w:rsidRDefault="00AA63E2" w:rsidP="00C61362">
+    <w:p w14:paraId="112D0696" w14:textId="77777777" w:rsidR="00C07DCE" w:rsidRDefault="00C07DCE" w:rsidP="00C61362">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4DEB22CA" w14:textId="77777777" w:rsidR="00AA63E2" w:rsidRDefault="00AA63E2" w:rsidP="00C61362">
+    <w:p w14:paraId="641B8301" w14:textId="77777777" w:rsidR="00C07DCE" w:rsidRDefault="00C07DCE" w:rsidP="00C61362">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="맑은 고딕">
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="바탕">
@@ -3761,51 +3762,51 @@
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6366510" cy="529507"/>
                       </a:xfrm>
                       <a:prstGeom prst="roundRect">
                         <a:avLst>
                           <a:gd name="adj" fmla="val 16667"/>
                         </a:avLst>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="24F76F25" w14:textId="77777777" w:rsidR="00E31D5D" w:rsidRPr="00D43C51" w:rsidRDefault="00E31D5D" w:rsidP="00E31D5D">
+                        <w:p w14:paraId="3007188D" w14:textId="77777777" w:rsidR="00E24F3B" w:rsidRPr="00D43C51" w:rsidRDefault="00E24F3B" w:rsidP="00E24F3B">
                           <w:pPr>
                             <w:pStyle w:val="a6"/>
                             <w:spacing w:line="240" w:lineRule="auto"/>
                             <w:jc w:val="left"/>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:proofErr w:type="spellStart"/>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>오토살롱</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
@@ -3849,55 +3850,60 @@
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> info@autosalon</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>korea</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>.com</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="68C9CF07" w14:textId="5310A1A5" w:rsidR="003E083D" w:rsidRDefault="00E31D5D" w:rsidP="001D0502">
+                        <w:p w14:paraId="1B45A940" w14:textId="77777777" w:rsidR="00E24F3B" w:rsidRPr="00365C9F" w:rsidRDefault="00E24F3B" w:rsidP="00E24F3B">
                           <w:pPr>
                             <w:pStyle w:val="a6"/>
                             <w:spacing w:line="240" w:lineRule="auto"/>
                             <w:jc w:val="left"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>㈜</w:t>
                           </w:r>
                           <w:proofErr w:type="spellStart"/>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>서울메쎄</w:t>
                           </w:r>
                           <w:proofErr w:type="spellEnd"/>
                           <w:r>
                             <w:rPr>
@@ -3907,130 +3913,227 @@
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:proofErr w:type="gramStart"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>Tel :</w:t>
                           </w:r>
                           <w:proofErr w:type="gramEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> </w:t>
+                            <w:t xml:space="preserve"> 0</w:t>
                           </w:r>
-                          <w:r w:rsidR="001D0502" w:rsidRPr="001D0502">
+                          <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t>070-5095-9913/</w:t>
+                            <w:t>70</w:t>
                           </w:r>
-                          <w:proofErr w:type="gramStart"/>
-                          <w:r w:rsidR="001D0502" w:rsidRPr="001D0502">
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>-</w:t>
+                          </w:r>
+                          <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t>16 /</w:t>
+                            <w:t>5095</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>-</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>9913/</w:t>
+                          </w:r>
+                          <w:proofErr w:type="gramStart"/>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>9916</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> /</w:t>
                           </w:r>
                           <w:proofErr w:type="gramEnd"/>
-                          <w:r w:rsidR="001D0502" w:rsidRPr="001D0502">
+                          <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
-                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:proofErr w:type="gramStart"/>
-                          <w:r w:rsidR="001D0502" w:rsidRPr="001D0502">
+                          <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
-                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>Fax :</w:t>
                           </w:r>
                           <w:proofErr w:type="gramEnd"/>
-                          <w:r w:rsidR="001D0502" w:rsidRPr="001D0502">
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> 02-</w:t>
+                          </w:r>
+                          <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> 02-865-5877</w:t>
+                            <w:t>865</w:t>
                           </w:r>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>-</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>5877</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="68C9CF07" w14:textId="2F853964" w:rsidR="003E083D" w:rsidRDefault="003E083D" w:rsidP="00375CA6">
+                          <w:pPr>
+                            <w:pStyle w:val="a6"/>
+                            <w:spacing w:line="168" w:lineRule="auto"/>
+                            <w:jc w:val="left"/>
+                          </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:roundrect w14:anchorId="54DF19BF" id="AutoShape 1" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:-.2pt;margin-top:-25.4pt;width:501.3pt;height:41.7pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBzNRIrIgIAAEUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0ySlzdKo6WrVpQhp&#10;uYiFD3Bs5wKOx9huk/L1jJ22dIEnhB+sGY995syZ8fp27BU5SOs60CXNZiklUnMQnW5K+uXz7sUr&#10;SpxnWjAFWpb0KB293Tx/th5MIefQghLSEgTRrhhMSVvvTZEkjreyZ24GRmoM1mB75tG1TSIsGxC9&#10;V8k8TfNkACuMBS6dw9P7KUg3Eb+uJfcf6tpJT1RJkZuPu417FfZks2ZFY5lpO36iwf6BRc86jUkv&#10;UPfMM7K33R9QfcctOKj9jEOfQF13XMYasJos/a2ax5YZGWtBcZy5yOT+Hyx/f3g0H22g7swD8G+O&#10;aNi2TDfyzloYWskEpsuCUMlgXHF5EByHT0k1vAOBrWV7D1GDsbZ9AMTqyBilPl6klqMnHA/zl3m+&#10;zLAjHGPL+WqZ3sQUrDi/Ntb5NxJ6EoySWthr8Qn7GVOww4PzUW9BNOtDdvGVkrpX2L0DUyTL8/yM&#10;eLqcsOKMGcsF1Yldp1R0bFNtlSX4tKS7uE503PU1pclQ0tVyvowsnsTcNUQa198gYh1x6oK0r7WI&#10;tmedmmxkqfRJ6yBvmGRX+LEa8WIwKxBHVN3CNMv499Bowf6gZMA5Lqn7vmdWUqLeauzcKlsswuBH&#10;Z7G8maNjryPVdYRpjlAl9ZRM5tZPn2VvbNe0mCmLlWu4w27XnT+PxcTqxBtnFa0nn+Haj7d+/f7N&#10;TwAAAP//AwBQSwMEFAAGAAgAAAAhAJA6dGHcAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNxam0ArGuJUCAmuiMCBoxNvk4h4ndpOGvh6tic4rUYzmn1T7Bc3iBlD7D1puFkr&#10;EEiNtz21Gj7en1f3IGIyZM3gCTV8Y4R9eXlRmNz6E73hXKVWcAnF3GjoUhpzKWPToTNx7Uck9g4+&#10;OJNYhlbaYE5c7gaZKbWVzvTEHzoz4lOHzVc1OQ2NVZMKn/Prrt6k6meejiRfjlpfXy2PDyASLukv&#10;DGd8RoeSmWo/kY1i0LC64yCfjeIFZ1+pLANRa7jNtiDLQv5fUP4CAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAczUSKyICAABFBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAkDp0YdwAAAAJAQAADwAAAAAAAAAAAAAAAAB8BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="24F76F25" w14:textId="77777777" w:rsidR="00E31D5D" w:rsidRPr="00D43C51" w:rsidRDefault="00E31D5D" w:rsidP="00E31D5D">
+                  <w:p w14:paraId="3007188D" w14:textId="77777777" w:rsidR="00E24F3B" w:rsidRPr="00D43C51" w:rsidRDefault="00E24F3B" w:rsidP="00E24F3B">
                     <w:pPr>
                       <w:pStyle w:val="a6"/>
                       <w:spacing w:line="240" w:lineRule="auto"/>
                       <w:jc w:val="left"/>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:proofErr w:type="spellStart"/>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>오토살롱</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
@@ -4074,55 +4177,60 @@
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> info@autosalon</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>korea</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>.com</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="68C9CF07" w14:textId="5310A1A5" w:rsidR="003E083D" w:rsidRDefault="00E31D5D" w:rsidP="001D0502">
+                  <w:p w14:paraId="1B45A940" w14:textId="77777777" w:rsidR="00E24F3B" w:rsidRPr="00365C9F" w:rsidRDefault="00E24F3B" w:rsidP="00E24F3B">
                     <w:pPr>
                       <w:pStyle w:val="a6"/>
                       <w:spacing w:line="240" w:lineRule="auto"/>
                       <w:jc w:val="left"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>㈜</w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>서울메쎄</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
                     <w:r>
                       <w:rPr>
@@ -4132,315 +4240,416 @@
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:proofErr w:type="gramStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>Tel :</w:t>
                     </w:r>
                     <w:proofErr w:type="gramEnd"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> </w:t>
+                      <w:t xml:space="preserve"> 0</w:t>
                     </w:r>
-                    <w:r w:rsidR="001D0502" w:rsidRPr="001D0502">
+                    <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t>070-5095-9913/</w:t>
+                      <w:t>70</w:t>
                     </w:r>
-                    <w:proofErr w:type="gramStart"/>
-                    <w:r w:rsidR="001D0502" w:rsidRPr="001D0502">
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>-</w:t>
+                    </w:r>
+                    <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t>16 /</w:t>
+                      <w:t>5095</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>-</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>9913/</w:t>
+                    </w:r>
+                    <w:proofErr w:type="gramStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>9916</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> /</w:t>
                     </w:r>
                     <w:proofErr w:type="gramEnd"/>
-                    <w:r w:rsidR="001D0502" w:rsidRPr="001D0502">
+                    <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
-                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:proofErr w:type="gramStart"/>
-                    <w:r w:rsidR="001D0502" w:rsidRPr="001D0502">
+                    <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
-                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>Fax :</w:t>
                     </w:r>
                     <w:proofErr w:type="gramEnd"/>
-                    <w:r w:rsidR="001D0502" w:rsidRPr="001D0502">
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> 02-</w:t>
+                    </w:r>
+                    <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> 02-865-5877</w:t>
+                      <w:t>865</w:t>
                     </w:r>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>-</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>5877</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="68C9CF07" w14:textId="2F853964" w:rsidR="003E083D" w:rsidRDefault="003E083D" w:rsidP="00375CA6">
+                    <w:pPr>
+                      <w:pStyle w:val="a6"/>
+                      <w:spacing w:line="168" w:lineRule="auto"/>
+                      <w:jc w:val="left"/>
+                    </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:roundrect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="12C80419" w14:textId="77777777" w:rsidR="00AA63E2" w:rsidRDefault="00AA63E2" w:rsidP="00C61362">
+    <w:p w14:paraId="0C4BCA9D" w14:textId="77777777" w:rsidR="00C07DCE" w:rsidRDefault="00C07DCE" w:rsidP="00C61362">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="467FB3B3" w14:textId="77777777" w:rsidR="00AA63E2" w:rsidRDefault="00AA63E2" w:rsidP="00C61362">
+    <w:p w14:paraId="280230DA" w14:textId="77777777" w:rsidR="00C07DCE" w:rsidRDefault="00C07DCE" w:rsidP="00C61362">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="800"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C61362"/>
     <w:rsid w:val="00042ACF"/>
     <w:rsid w:val="00043A10"/>
     <w:rsid w:val="00047918"/>
     <w:rsid w:val="00054927"/>
     <w:rsid w:val="00077CAB"/>
     <w:rsid w:val="00080478"/>
     <w:rsid w:val="00096167"/>
+    <w:rsid w:val="000B51E4"/>
     <w:rsid w:val="000C3B54"/>
     <w:rsid w:val="000C4A44"/>
     <w:rsid w:val="000C7483"/>
     <w:rsid w:val="000C7E11"/>
     <w:rsid w:val="001121BB"/>
     <w:rsid w:val="00184E37"/>
     <w:rsid w:val="00194DA1"/>
     <w:rsid w:val="001A734F"/>
-    <w:rsid w:val="001D0502"/>
     <w:rsid w:val="001E11CC"/>
     <w:rsid w:val="002233C8"/>
     <w:rsid w:val="00224346"/>
     <w:rsid w:val="00224A56"/>
     <w:rsid w:val="00237BC7"/>
     <w:rsid w:val="00275FE6"/>
     <w:rsid w:val="002841F2"/>
     <w:rsid w:val="002A22C9"/>
     <w:rsid w:val="002C6D48"/>
     <w:rsid w:val="002E19E0"/>
     <w:rsid w:val="002F5CE2"/>
     <w:rsid w:val="003043F0"/>
     <w:rsid w:val="0032754E"/>
     <w:rsid w:val="00327F16"/>
     <w:rsid w:val="0035378C"/>
     <w:rsid w:val="003624F8"/>
     <w:rsid w:val="003665CB"/>
     <w:rsid w:val="00375CA6"/>
-    <w:rsid w:val="00385297"/>
     <w:rsid w:val="003944F3"/>
     <w:rsid w:val="003C6870"/>
     <w:rsid w:val="003E083D"/>
     <w:rsid w:val="00421261"/>
     <w:rsid w:val="00422AA0"/>
     <w:rsid w:val="004358B1"/>
     <w:rsid w:val="00446BAF"/>
     <w:rsid w:val="00447E91"/>
     <w:rsid w:val="004518E3"/>
+    <w:rsid w:val="004553AC"/>
     <w:rsid w:val="004812E5"/>
     <w:rsid w:val="004C2AB3"/>
     <w:rsid w:val="004E2075"/>
     <w:rsid w:val="004F51EE"/>
     <w:rsid w:val="005105E2"/>
     <w:rsid w:val="00510C48"/>
     <w:rsid w:val="00523496"/>
     <w:rsid w:val="00580FDD"/>
     <w:rsid w:val="00594260"/>
     <w:rsid w:val="005B6478"/>
     <w:rsid w:val="00601BED"/>
     <w:rsid w:val="00617183"/>
     <w:rsid w:val="00625013"/>
     <w:rsid w:val="0062649D"/>
     <w:rsid w:val="006275F4"/>
     <w:rsid w:val="00770C42"/>
+    <w:rsid w:val="0077477C"/>
     <w:rsid w:val="0079111F"/>
+    <w:rsid w:val="007D090D"/>
     <w:rsid w:val="007E0C34"/>
     <w:rsid w:val="007E1951"/>
     <w:rsid w:val="00807EBE"/>
     <w:rsid w:val="00817F7C"/>
-    <w:rsid w:val="00827E1D"/>
     <w:rsid w:val="00862A57"/>
     <w:rsid w:val="008C5643"/>
     <w:rsid w:val="008C60F2"/>
     <w:rsid w:val="008D1A46"/>
+    <w:rsid w:val="008F0102"/>
     <w:rsid w:val="008F1748"/>
     <w:rsid w:val="00943C95"/>
+    <w:rsid w:val="00950DEE"/>
     <w:rsid w:val="00977DB8"/>
     <w:rsid w:val="00987455"/>
     <w:rsid w:val="009A3C52"/>
     <w:rsid w:val="009E6DF5"/>
-    <w:rsid w:val="00A04EE5"/>
     <w:rsid w:val="00A2116A"/>
     <w:rsid w:val="00A34706"/>
     <w:rsid w:val="00A41485"/>
     <w:rsid w:val="00A420ED"/>
     <w:rsid w:val="00A751E1"/>
     <w:rsid w:val="00A87121"/>
-    <w:rsid w:val="00AA63E2"/>
-    <w:rsid w:val="00AE6C38"/>
     <w:rsid w:val="00AF4ECA"/>
     <w:rsid w:val="00B31534"/>
     <w:rsid w:val="00B378BD"/>
     <w:rsid w:val="00B740FC"/>
+    <w:rsid w:val="00B77B2A"/>
     <w:rsid w:val="00B81C05"/>
     <w:rsid w:val="00B81DD8"/>
+    <w:rsid w:val="00B97CC5"/>
     <w:rsid w:val="00BA5DC4"/>
     <w:rsid w:val="00BC0D63"/>
-    <w:rsid w:val="00BC31ED"/>
     <w:rsid w:val="00BC5E5B"/>
     <w:rsid w:val="00BC68C4"/>
+    <w:rsid w:val="00C07DCE"/>
     <w:rsid w:val="00C11689"/>
     <w:rsid w:val="00C16732"/>
     <w:rsid w:val="00C22AC6"/>
     <w:rsid w:val="00C61362"/>
     <w:rsid w:val="00CB068C"/>
     <w:rsid w:val="00CB711D"/>
     <w:rsid w:val="00D034A8"/>
     <w:rsid w:val="00D701D4"/>
     <w:rsid w:val="00D727E6"/>
     <w:rsid w:val="00D73A5A"/>
     <w:rsid w:val="00DA1872"/>
     <w:rsid w:val="00DA3E8A"/>
     <w:rsid w:val="00DB4CAC"/>
     <w:rsid w:val="00DB7C3C"/>
-    <w:rsid w:val="00DD2B2C"/>
     <w:rsid w:val="00E07BFA"/>
+    <w:rsid w:val="00E24F3B"/>
     <w:rsid w:val="00E27B33"/>
     <w:rsid w:val="00E31D5D"/>
     <w:rsid w:val="00E3319F"/>
     <w:rsid w:val="00E740E7"/>
     <w:rsid w:val="00E80A63"/>
     <w:rsid w:val="00E86130"/>
     <w:rsid w:val="00E90BE8"/>
     <w:rsid w:val="00EA794A"/>
     <w:rsid w:val="00EB1782"/>
     <w:rsid w:val="00EE5229"/>
     <w:rsid w:val="00F0491F"/>
     <w:rsid w:val="00F10504"/>
     <w:rsid w:val="00F36ED1"/>
     <w:rsid w:val="00F426C4"/>
     <w:rsid w:val="00F66016"/>
     <w:rsid w:val="00F76178"/>
     <w:rsid w:val="00F77959"/>
     <w:rsid w:val="00FC35F1"/>
     <w:rsid w:val="00FC3B97"/>
     <w:rsid w:val="00FD1E6B"/>
     <w:rsid w:val="00FD2ECC"/>
+    <w:rsid w:val="00FE31A7"/>
+    <w:rsid w:val="00FE79C8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -4837,50 +5046,51 @@
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F66016"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:wordWrap w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cstheme="minorBidi"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
@@ -5624,65 +5834,65 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7BB476FF-DB20-4D69-AF7A-8030C40A8DEC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>103</Words>
-  <Characters>591</Characters>
+  <Characters>593</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>제목</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>693</CharactersWithSpaces>
+  <CharactersWithSpaces>695</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SMI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>