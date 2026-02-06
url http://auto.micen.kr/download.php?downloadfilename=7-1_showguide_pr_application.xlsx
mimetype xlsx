--- v0 (2025-10-21)
+++ v1 (2026-02-06)
@@ -1,68 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\user\Desktop\오토살롱위크\2025 오토살롱테크코리아\13. 각종양식\1. 각종 신청서\필수제출서류\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\오토살롱\3. AUTO SALON WEEK\3. 김현일 업무파일\12. 2026 AUTO SALON TECH KOREA\필수제출서류\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{04988AE5-0EB6-4BFA-B63D-527A68F5281D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8629C1C7-44A9-4919-AC07-10A3AE1928AE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-20985" yWindow="-120" windowWidth="17070" windowHeight="15600" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="쇼가이드 광고 게재 신청서" sheetId="3" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'쇼가이드 광고 게재 신청서'!$A$1:$I$36</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="181029"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="G17" i="3" l="1"/>
   <c r="G18" i="3"/>
   <c r="G19" i="3"/>
   <c r="G16" i="3"/>
   <c r="G20" i="3" l="1"/>
   <c r="G21" i="3" s="1"/>
   <c r="G22" i="3" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="46">
   <si>
     <t>구분</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>단가 (공급가)</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
@@ -199,154 +199,154 @@
     <t>1/4면 광고</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>1/9면 광고</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>(미배정인 경우 생략)</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>■ 신청내역</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>■ 신청자 정보</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>• 해당 지면 광고 순서는
   참가신청 및 입금 순으로 배정</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
+    <t>우리은행</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1005-180-907943</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>㈜우리은행</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>오토살롱테크코리아 사무국 귀중</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>오토살롱테크코리아 사무국   E-mail info@autosalonkorea.com</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
     <r>
       <t xml:space="preserve">■ 본 양식은 전시회 기간 중 방문하는 관람객에게 배부할 예정으로,
     오른쪽 [예시]를 참조하여 신청하시면 됩니다.
 ■ 최종 마감 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
-      <t>8월 21일(목) 이후는 원고 접수가 불가</t>
+      <t>9월 24일(목) 이후는 원고 접수가 불가</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t>하오니 반드시 기한을 지켜주시기 바랍니다.
 ※ 광고시안 1매는 필히 이메일로 별첨 할 것 (파일형식: ai 원본)</t>
     </r>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
-    <t>• 2025.08.21(목)까지</t>
-[...23 lines deleted...]
-    <t>2025년   월   일</t>
+    <t>2026 년   월   일</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>• 2026.09.24(목)까지</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">㈜서울메쎄 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t>Tel</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> 070-5095-9913/16  </t>
+      <t xml:space="preserve"> 070-5095-9913/9916  </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t>Fax</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> 02-865-5877    </t>
     </r>
     <phoneticPr fontId="1" type="noConversion"/>
@@ -959,256 +959,306 @@
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="2" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="2" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="2" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="2" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...70 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="표준" xfId="0" builtinId="0"/>
     <cellStyle name="표준 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="표준 4" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="표준_SAS_INVOICE_최종!!(부대시설 포함)" xfId="1" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>732929</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>114529</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>2017544</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>476070</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="그림 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="email">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="5819279" y="114529"/>
+          <a:ext cx="1284615" cy="361541"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>142875</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>466725</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>17</xdr:col>
       <xdr:colOff>265999</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>37343</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="그림 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect t="6605"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7353300" y="466725"/>
           <a:ext cx="5609524" cy="5657093"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>372718</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>68300</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>668087</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="그림 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{27DC4B1D-CA43-46F9-A672-BC31FD7DCC88}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="1896717" y="372718"/>
           <a:ext cx="3257105" cy="295369"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
@@ -1489,88 +1539,88 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:IS36"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="115" zoomScaleNormal="115" zoomScaleSheetLayoutView="115" workbookViewId="0">
-      <selection activeCell="B4" sqref="B4:H4"/>
+      <selection activeCell="B36" sqref="B36:H36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="16.5"/>
   <cols>
     <col min="1" max="1" width="1" style="1" customWidth="1"/>
     <col min="2" max="2" width="9.5" style="1" customWidth="1"/>
     <col min="3" max="3" width="14.5" style="1" customWidth="1"/>
     <col min="4" max="4" width="17.25" style="1" customWidth="1"/>
     <col min="5" max="5" width="4.125" style="9" customWidth="1"/>
     <col min="6" max="6" width="6.625" style="9" customWidth="1"/>
     <col min="7" max="7" width="13.75" style="1" customWidth="1"/>
     <col min="8" max="8" width="26.75" style="1" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="1.125" style="1" customWidth="1"/>
     <col min="10" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:253" s="6" customFormat="1" ht="81" customHeight="1">
       <c r="A1" s="2"/>
       <c r="B1" s="3"/>
       <c r="C1" s="4"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="5"/>
     </row>
     <row r="2" spans="1:253" s="6" customFormat="1" ht="36.75" customHeight="1">
-      <c r="A2" s="60" t="s">
+      <c r="A2" s="51" t="s">
         <v>11</v>
       </c>
-      <c r="B2" s="60"/>
-[...5 lines deleted...]
-      <c r="H2" s="60"/>
+      <c r="B2" s="51"/>
+      <c r="C2" s="51"/>
+      <c r="D2" s="51"/>
+      <c r="E2" s="51"/>
+      <c r="F2" s="51"/>
+      <c r="G2" s="51"/>
+      <c r="H2" s="51"/>
       <c r="I2" s="7"/>
       <c r="J2" s="7"/>
       <c r="K2" s="7"/>
       <c r="L2" s="7"/>
       <c r="M2" s="7"/>
       <c r="N2" s="7"/>
       <c r="O2" s="7"/>
       <c r="P2" s="7"/>
       <c r="Q2" s="7"/>
       <c r="R2" s="7"/>
       <c r="S2" s="7"/>
       <c r="T2" s="7"/>
       <c r="U2" s="7"/>
       <c r="V2" s="7"/>
       <c r="W2" s="7"/>
       <c r="X2" s="7"/>
       <c r="Y2" s="7"/>
       <c r="Z2" s="7"/>
       <c r="AA2" s="7"/>
       <c r="AB2" s="7"/>
       <c r="AC2" s="7"/>
       <c r="AD2" s="7"/>
       <c r="AE2" s="7"/>
       <c r="AF2" s="7"/>
       <c r="AG2" s="7"/>
@@ -1779,437 +1829,437 @@
       <c r="IB2" s="7"/>
       <c r="IC2" s="7"/>
       <c r="ID2" s="7"/>
       <c r="IE2" s="7"/>
       <c r="IF2" s="7"/>
       <c r="IG2" s="7"/>
       <c r="IH2" s="7"/>
       <c r="II2" s="7"/>
       <c r="IJ2" s="7"/>
       <c r="IK2" s="7"/>
       <c r="IL2" s="7"/>
       <c r="IM2" s="7"/>
       <c r="IN2" s="7"/>
       <c r="IO2" s="7"/>
       <c r="IP2" s="7"/>
       <c r="IQ2" s="7"/>
       <c r="IR2" s="7"/>
       <c r="IS2" s="7"/>
     </row>
     <row r="3" spans="1:253" ht="4.5" customHeight="1">
       <c r="B3" s="8"/>
       <c r="C3" s="8"/>
       <c r="D3" s="8"/>
     </row>
     <row r="4" spans="1:253" ht="60" customHeight="1">
-      <c r="B4" s="62" t="s">
-[...7 lines deleted...]
-      <c r="H4" s="63"/>
+      <c r="B4" s="53" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" s="54"/>
+      <c r="D4" s="54"/>
+      <c r="E4" s="54"/>
+      <c r="F4" s="54"/>
+      <c r="G4" s="54"/>
+      <c r="H4" s="54"/>
       <c r="I4" s="10"/>
     </row>
     <row r="5" spans="1:253" ht="4.5" customHeight="1"/>
     <row r="6" spans="1:253" ht="14.25" customHeight="1"/>
     <row r="7" spans="1:253" ht="19.5" customHeight="1">
-      <c r="B7" s="75" t="s">
+      <c r="B7" s="66" t="s">
         <v>35</v>
       </c>
-      <c r="C7" s="75"/>
-[...4 lines deleted...]
-      <c r="H7" s="75"/>
+      <c r="C7" s="66"/>
+      <c r="D7" s="66"/>
+      <c r="E7" s="66"/>
+      <c r="F7" s="66"/>
+      <c r="G7" s="66"/>
+      <c r="H7" s="66"/>
     </row>
     <row r="8" spans="1:253" ht="7.5" customHeight="1">
       <c r="B8" s="26"/>
       <c r="C8" s="26"/>
       <c r="D8" s="26"/>
       <c r="E8" s="27"/>
       <c r="F8" s="27"/>
       <c r="G8" s="26"/>
       <c r="H8" s="26"/>
     </row>
     <row r="9" spans="1:253" ht="19.5" customHeight="1">
       <c r="B9" s="30" t="s">
         <v>12</v>
       </c>
-      <c r="C9" s="73"/>
-[...1 lines deleted...]
-      <c r="E9" s="64" t="s">
+      <c r="C9" s="64"/>
+      <c r="D9" s="65"/>
+      <c r="E9" s="55" t="s">
         <v>15</v>
       </c>
-      <c r="F9" s="64"/>
-      <c r="G9" s="67" t="s">
+      <c r="F9" s="55"/>
+      <c r="G9" s="58" t="s">
         <v>33</v>
       </c>
-      <c r="H9" s="68"/>
+      <c r="H9" s="59"/>
     </row>
     <row r="10" spans="1:253" ht="19.5" customHeight="1">
       <c r="B10" s="29" t="s">
         <v>13</v>
       </c>
-      <c r="C10" s="76"/>
-[...1 lines deleted...]
-      <c r="E10" s="58" t="s">
+      <c r="C10" s="67"/>
+      <c r="D10" s="68"/>
+      <c r="E10" s="49" t="s">
         <v>16</v>
       </c>
-      <c r="F10" s="58"/>
-[...1 lines deleted...]
-      <c r="H10" s="70"/>
+      <c r="F10" s="49"/>
+      <c r="G10" s="60"/>
+      <c r="H10" s="61"/>
     </row>
     <row r="11" spans="1:253" ht="19.5" customHeight="1">
       <c r="B11" s="31" t="s">
         <v>14</v>
       </c>
-      <c r="C11" s="65"/>
-[...1 lines deleted...]
-      <c r="E11" s="59" t="s">
+      <c r="C11" s="56"/>
+      <c r="D11" s="57"/>
+      <c r="E11" s="50" t="s">
         <v>17</v>
       </c>
-      <c r="F11" s="59"/>
-[...1 lines deleted...]
-      <c r="H11" s="72"/>
+      <c r="F11" s="50"/>
+      <c r="G11" s="62"/>
+      <c r="H11" s="63"/>
     </row>
     <row r="12" spans="1:253" ht="19.5" customHeight="1">
       <c r="B12" s="15"/>
     </row>
     <row r="13" spans="1:253" ht="18.75" customHeight="1">
-      <c r="B13" s="75" t="s">
+      <c r="B13" s="66" t="s">
         <v>34</v>
       </c>
-      <c r="C13" s="75"/>
-[...4 lines deleted...]
-      <c r="H13" s="75"/>
+      <c r="C13" s="66"/>
+      <c r="D13" s="66"/>
+      <c r="E13" s="66"/>
+      <c r="F13" s="66"/>
+      <c r="G13" s="66"/>
+      <c r="H13" s="66"/>
     </row>
     <row r="14" spans="1:253" ht="7.5" customHeight="1"/>
     <row r="15" spans="1:253" ht="21" customHeight="1">
       <c r="B15" s="35" t="s">
         <v>0</v>
       </c>
       <c r="C15" s="35" t="s">
         <v>18</v>
       </c>
       <c r="D15" s="36" t="s">
         <v>1</v>
       </c>
-      <c r="E15" s="61" t="s">
+      <c r="E15" s="52" t="s">
         <v>2</v>
       </c>
-      <c r="F15" s="61"/>
+      <c r="F15" s="52"/>
       <c r="G15" s="36" t="s">
         <v>3</v>
       </c>
       <c r="H15" s="37" t="s">
         <v>4</v>
       </c>
       <c r="I15" s="16"/>
     </row>
     <row r="16" spans="1:253" ht="21" customHeight="1">
       <c r="B16" s="39" t="s">
         <v>24</v>
       </c>
       <c r="C16" s="18" t="s">
         <v>19</v>
       </c>
       <c r="D16" s="17">
         <v>1000000</v>
       </c>
       <c r="E16" s="18"/>
       <c r="F16" s="18" t="s">
         <v>25</v>
       </c>
       <c r="G16" s="28">
         <f>D16*E16</f>
         <v>0</v>
       </c>
       <c r="H16" s="41"/>
       <c r="I16" s="15"/>
     </row>
     <row r="17" spans="2:9" ht="21" customHeight="1">
       <c r="B17" s="39" t="s">
         <v>30</v>
       </c>
       <c r="C17" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D17" s="17">
         <v>600000</v>
       </c>
       <c r="E17" s="18"/>
       <c r="F17" s="18" t="s">
         <v>25</v>
       </c>
       <c r="G17" s="28">
         <f t="shared" ref="G17:G19" si="0">D17*E17</f>
         <v>0</v>
       </c>
-      <c r="H17" s="55" t="s">
+      <c r="H17" s="45" t="s">
         <v>36</v>
       </c>
       <c r="I17" s="15"/>
     </row>
     <row r="18" spans="2:9" ht="21" customHeight="1">
       <c r="B18" s="39" t="s">
         <v>31</v>
       </c>
       <c r="C18" s="18" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="17">
         <v>300000</v>
       </c>
       <c r="E18" s="18"/>
       <c r="F18" s="18" t="s">
         <v>25</v>
       </c>
       <c r="G18" s="28">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H18" s="56"/>
+      <c r="H18" s="46"/>
       <c r="I18" s="15"/>
     </row>
     <row r="19" spans="2:9" ht="21" customHeight="1">
       <c r="B19" s="40" t="s">
         <v>32</v>
       </c>
       <c r="C19" s="12" t="s">
         <v>22</v>
       </c>
       <c r="D19" s="13">
         <v>130000</v>
       </c>
       <c r="E19" s="12"/>
       <c r="F19" s="12" t="s">
         <v>25</v>
       </c>
       <c r="G19" s="20">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H19" s="57"/>
+      <c r="H19" s="47"/>
       <c r="I19" s="15"/>
     </row>
     <row r="20" spans="2:9" ht="21" customHeight="1">
-      <c r="B20" s="49" t="s">
+      <c r="B20" s="73" t="s">
         <v>5</v>
       </c>
-      <c r="C20" s="49"/>
+      <c r="C20" s="73"/>
       <c r="D20" s="38"/>
       <c r="E20" s="11"/>
       <c r="F20" s="11"/>
       <c r="G20" s="14">
         <f>SUM(G16:G19)</f>
         <v>0</v>
       </c>
       <c r="H20" s="15"/>
       <c r="I20" s="15"/>
     </row>
     <row r="21" spans="2:9" ht="21" customHeight="1">
-      <c r="B21" s="50" t="s">
+      <c r="B21" s="74" t="s">
         <v>6</v>
       </c>
-      <c r="C21" s="50"/>
+      <c r="C21" s="74"/>
       <c r="D21" s="19"/>
       <c r="E21" s="12"/>
       <c r="F21" s="12"/>
       <c r="G21" s="20">
         <f>G20*0.1</f>
         <v>0</v>
       </c>
       <c r="H21" s="21"/>
       <c r="I21" s="15"/>
     </row>
     <row r="22" spans="2:9" ht="21" customHeight="1">
-      <c r="B22" s="51" t="s">
+      <c r="B22" s="75" t="s">
         <v>7</v>
       </c>
-      <c r="C22" s="52"/>
+      <c r="C22" s="76"/>
       <c r="D22" s="33"/>
       <c r="E22" s="23"/>
       <c r="F22" s="23"/>
       <c r="G22" s="34">
         <f>G20+G21</f>
         <v>0</v>
       </c>
       <c r="H22" s="44" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="I22" s="22"/>
     </row>
     <row r="23" spans="2:9" ht="12.75" customHeight="1">
       <c r="B23" s="15"/>
     </row>
     <row r="24" spans="2:9">
-      <c r="B24" s="53" t="s">
+      <c r="B24" s="77" t="s">
         <v>23</v>
       </c>
-      <c r="C24" s="53"/>
-      <c r="D24" s="53"/>
+      <c r="C24" s="77"/>
+      <c r="D24" s="77"/>
     </row>
     <row r="25" spans="2:9">
       <c r="B25" s="24" t="s">
         <v>8</v>
       </c>
       <c r="C25" s="24" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="24" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26" spans="2:9">
       <c r="B26" s="25" t="s">
+        <v>37</v>
+      </c>
+      <c r="C26" s="25" t="s">
+        <v>38</v>
+      </c>
+      <c r="D26" s="25" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="27" spans="2:9" ht="12.75" customHeight="1">
       <c r="B27" s="15"/>
     </row>
     <row r="28" spans="2:9" ht="20.25">
-      <c r="B28" s="54" t="s">
+      <c r="B28" s="48" t="s">
         <v>26</v>
       </c>
-      <c r="C28" s="54"/>
-[...4 lines deleted...]
-      <c r="H28" s="54"/>
+      <c r="C28" s="48"/>
+      <c r="D28" s="48"/>
+      <c r="E28" s="48"/>
+      <c r="F28" s="48"/>
+      <c r="G28" s="48"/>
+      <c r="H28" s="48"/>
     </row>
     <row r="29" spans="2:9" s="15" customFormat="1" ht="20.25" customHeight="1">
       <c r="E29" s="32"/>
       <c r="F29" s="32"/>
       <c r="H29" s="10" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="30" spans="2:9" s="15" customFormat="1" ht="20.25" customHeight="1">
       <c r="E30" s="32"/>
       <c r="F30" s="32"/>
       <c r="G30" s="10" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="31" spans="2:9" s="15" customFormat="1" ht="20.25" customHeight="1">
       <c r="E31" s="32"/>
       <c r="F31" s="32"/>
       <c r="G31" s="10" t="s">
         <v>28</v>
       </c>
       <c r="H31" s="10" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="32" spans="2:9" s="15" customFormat="1" ht="20.25" customHeight="1">
       <c r="E32" s="32"/>
       <c r="F32" s="32"/>
       <c r="G32" s="10"/>
       <c r="H32" s="10"/>
     </row>
     <row r="33" spans="2:8" ht="20.25">
-      <c r="B33" s="54" t="s">
-[...7 lines deleted...]
-      <c r="H33" s="54"/>
+      <c r="B33" s="48" t="s">
+        <v>40</v>
+      </c>
+      <c r="C33" s="48"/>
+      <c r="D33" s="48"/>
+      <c r="E33" s="48"/>
+      <c r="F33" s="48"/>
+      <c r="G33" s="48"/>
+      <c r="H33" s="48"/>
     </row>
     <row r="34" spans="2:8" s="15" customFormat="1" ht="17.25" customHeight="1">
       <c r="B34" s="42"/>
       <c r="C34" s="42"/>
       <c r="D34" s="42"/>
       <c r="E34" s="43"/>
       <c r="F34" s="43"/>
       <c r="G34" s="42"/>
       <c r="H34" s="42"/>
     </row>
     <row r="35" spans="2:8" ht="20.100000000000001" customHeight="1">
-      <c r="B35" s="45" t="s">
-[...7 lines deleted...]
-      <c r="H35" s="46"/>
+      <c r="B35" s="69" t="s">
+        <v>41</v>
+      </c>
+      <c r="C35" s="70"/>
+      <c r="D35" s="70"/>
+      <c r="E35" s="70"/>
+      <c r="F35" s="70"/>
+      <c r="G35" s="70"/>
+      <c r="H35" s="70"/>
     </row>
     <row r="36" spans="2:8" ht="20.100000000000001" customHeight="1">
-      <c r="B36" s="47" t="s">
+      <c r="B36" s="71" t="s">
         <v>45</v>
       </c>
-      <c r="C36" s="48"/>
-[...4 lines deleted...]
-      <c r="H36" s="48"/>
+      <c r="C36" s="72"/>
+      <c r="D36" s="72"/>
+      <c r="E36" s="72"/>
+      <c r="F36" s="72"/>
+      <c r="G36" s="72"/>
+      <c r="H36" s="72"/>
     </row>
   </sheetData>
   <mergeCells count="23">
+    <mergeCell ref="B35:H35"/>
+    <mergeCell ref="B36:H36"/>
+    <mergeCell ref="B20:C20"/>
+    <mergeCell ref="B21:C21"/>
+    <mergeCell ref="B22:C22"/>
+    <mergeCell ref="B24:D24"/>
+    <mergeCell ref="B33:H33"/>
     <mergeCell ref="H17:H19"/>
     <mergeCell ref="B28:H28"/>
     <mergeCell ref="E10:F10"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="E15:F15"/>
     <mergeCell ref="B4:H4"/>
     <mergeCell ref="E9:F9"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="G9:H9"/>
     <mergeCell ref="G10:H10"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="B7:H7"/>
     <mergeCell ref="B13:H13"/>
     <mergeCell ref="C10:D10"/>
-    <mergeCell ref="B35:H35"/>
-[...5 lines deleted...]
-    <mergeCell ref="B33:H33"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.35433070866141736" right="0.35433070866141736" top="0.59055118110236227" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="82" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>워크시트</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>이름 지정된 범위</vt:lpstr>
       </vt:variant>