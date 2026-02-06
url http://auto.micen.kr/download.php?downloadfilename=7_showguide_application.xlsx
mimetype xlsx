--- v0 (2025-10-21)
+++ v1 (2026-02-06)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\user\Desktop\오토살롱위크\2025 오토살롱테크코리아\13. 각종양식\1. 각종 신청서\필수제출서류\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\오토살롱\3. AUTO SALON WEEK\3. 김현일 업무파일\12. 2026 AUTO SALON TECH KOREA\필수제출서류\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2B606C92-52D9-4930-9E14-E35A88E70465}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D3B8D630-D4B6-4FEB-84E0-17E9E90AE6CC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-20985" yWindow="-120" windowWidth="17070" windowHeight="15600" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="쇼가이드 원고 게재 신청서" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'쇼가이드 원고 게재 신청서'!$A$1:$G$26</definedName>
   </definedNames>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="40">
   <si>
     <t>쇼가이드 원고 게재 신청서</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>회사명</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>부스 번호</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
@@ -239,66 +239,73 @@
       </rPr>
       <t>필수 기입</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t>)</t>
     </r>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>회사명</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>(영문) SeoulMESSE Ltd.</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">E-mail 제출 : info@autosalonkorea.com
-[...2 lines deleted...]
-    <r>
       <rPr>
         <b/>
-        <u/>
-[...1 lines deleted...]
-        <color rgb="FFFF0000"/>
+        <sz val="11"/>
+        <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
-      <t>※ 마감 : 2025년 8월 21일(목)까지
-(기한 내 미제출 시, 게재불가)</t>
+      <t>[문의 및 제출처]</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="맑은 고딕"/>
+        <family val="3"/>
+        <charset val="129"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+2023 오토살롱위크 사무국｜김현일 대리
+Tel. 02-2284-0019 / Fax. 02-2284-0005 / E-mail. info@autosalonweek.com</t>
     </r>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <r>
       <t xml:space="preserve">■ 본 양식은 오토살롱테크코리아 참가업체에 한하여 진행되며 비용은 무료입니다.
 ■ 쇼가이드는 전시회 기간 중 방문하는 관람객에게 배부할 예정으로 하기의 사항을 빠짐없이 기재하여
     제출하시기 바랍니다.
 ■ 최종 마감 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color rgb="FFFF0000"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t>8월 21일(목) 이후는 원고 접수가 불가</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
@@ -320,101 +327,94 @@
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t>사진 및 업체소개 부분은 통일성을 위해 주최측에서 임의로 변경될 수 있음</t>
     </r>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <r>
       <t>□ Auto Tech</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
       </rPr>
       <t xml:space="preserve"> □ Auto Salon □ E-Mobility □ Auto Camping □ Car Life</t>
     </r>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <r>
+      <t xml:space="preserve">E-mail 제출 : info@autosalonkorea.com
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="맑은 고딕"/>
+        <family val="3"/>
+        <charset val="129"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>※ 마감 : 2026년 9월 24일(목)까지
+(기한 내 미제출 시, 게재불가)</t>
+    </r>
+    <phoneticPr fontId="2" type="noConversion"/>
+  </si>
+  <si>
+    <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t>[문의 및 제출처]</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 오토살롱테크코리아 사무국
-Tel. 070-5095-9913/16 / Fax : 02-865-5877 / E-mail. info@autosalonkorea.com</t>
-[...27 lines deleted...]
-Tel.070-5095-9913/16 / Fax : 02-865-5877 / E-mail. info@autosalonkorea.com</t>
+Tel. 070-5095-9913/9916 / Fax. 02-865-5877 / E-mail. info@autosalonkorea.com</t>
     </r>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="19">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="2"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
@@ -732,209 +732,212 @@
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="53">
+  <cellXfs count="54">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...64 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="표준" xfId="0" builtinId="0"/>
     <cellStyle name="표준 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="표준 4" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="하이퍼링크" xfId="1" builtinId="8"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
@@ -1322,454 +1325,454 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jekim@seoulmesse.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.autosalonweek.com/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B1:N28"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="B5" sqref="B5:F5"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A11" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="B26" sqref="B26:F26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="16.5"/>
   <cols>
     <col min="1" max="1" width="1.625" style="1" customWidth="1"/>
     <col min="2" max="2" width="8.625" style="1" customWidth="1"/>
     <col min="3" max="3" width="18.875" style="1" customWidth="1"/>
     <col min="4" max="6" width="15.875" style="1" customWidth="1"/>
     <col min="7" max="7" width="1.875" style="1" customWidth="1"/>
     <col min="8" max="8" width="1.625" style="1" customWidth="1"/>
     <col min="9" max="9" width="8.625" style="1" customWidth="1"/>
     <col min="10" max="10" width="25.75" style="1" customWidth="1"/>
     <col min="11" max="13" width="16.5" style="1" customWidth="1"/>
     <col min="14" max="14" width="1.875" style="1" customWidth="1"/>
     <col min="15" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:13" ht="8.25" customHeight="1" thickBot="1"/>
     <row r="2" spans="2:13" ht="53.1" customHeight="1" thickTop="1">
-      <c r="B2" s="48"/>
-[...1 lines deleted...]
-      <c r="D2" s="48"/>
+      <c r="B2" s="10"/>
+      <c r="C2" s="10"/>
+      <c r="D2" s="10"/>
       <c r="E2" s="2" t="s">
         <v>0</v>
       </c>
       <c r="F2" s="2"/>
     </row>
     <row r="3" spans="2:13" ht="45.75" customHeight="1" thickBot="1">
-      <c r="B3" s="49"/>
-[...5 lines deleted...]
-      <c r="F3" s="51"/>
+      <c r="B3" s="11"/>
+      <c r="C3" s="11"/>
+      <c r="D3" s="11"/>
+      <c r="E3" s="12" t="s">
+        <v>38</v>
+      </c>
+      <c r="F3" s="13"/>
     </row>
     <row r="4" spans="2:13" ht="9.75" customHeight="1" thickTop="1"/>
     <row r="5" spans="2:13" ht="78" customHeight="1">
-      <c r="B5" s="52" t="s">
+      <c r="B5" s="14" t="s">
         <v>36</v>
       </c>
-      <c r="C5" s="52"/>
-[...2 lines deleted...]
-      <c r="F5" s="52"/>
+      <c r="C5" s="14"/>
+      <c r="D5" s="14"/>
+      <c r="E5" s="14"/>
+      <c r="F5" s="14"/>
     </row>
     <row r="6" spans="2:13">
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
     </row>
     <row r="7" spans="2:13">
-      <c r="B7" s="29" t="s">
+      <c r="B7" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="C7" s="29"/>
-[...2 lines deleted...]
-      <c r="F7" s="29"/>
+      <c r="C7" s="15"/>
+      <c r="D7" s="15"/>
+      <c r="E7" s="15"/>
+      <c r="F7" s="15"/>
     </row>
     <row r="8" spans="2:13" ht="24.95" customHeight="1">
-      <c r="B8" s="43" t="s">
+      <c r="B8" s="16" t="s">
         <v>33</v>
       </c>
-      <c r="C8" s="43"/>
-[...2 lines deleted...]
-      <c r="F8" s="10"/>
+      <c r="C8" s="16"/>
+      <c r="D8" s="17"/>
+      <c r="E8" s="17"/>
+      <c r="F8" s="17"/>
     </row>
     <row r="9" spans="2:13" ht="24.95" customHeight="1">
-      <c r="B9" s="43" t="s">
+      <c r="B9" s="16" t="s">
         <v>2</v>
       </c>
-      <c r="C9" s="43"/>
-      <c r="D9" s="44" t="s">
+      <c r="C9" s="16"/>
+      <c r="D9" s="18" t="s">
         <v>26</v>
       </c>
-      <c r="E9" s="44"/>
-      <c r="F9" s="44"/>
+      <c r="E9" s="18"/>
+      <c r="F9" s="18"/>
     </row>
     <row r="10" spans="2:13" ht="24.95" customHeight="1">
-      <c r="B10" s="36" t="s">
+      <c r="B10" s="19" t="s">
         <v>3</v>
       </c>
-      <c r="C10" s="36"/>
-[...2 lines deleted...]
-      <c r="F10" s="10"/>
+      <c r="C10" s="19"/>
+      <c r="D10" s="17"/>
+      <c r="E10" s="17"/>
+      <c r="F10" s="17"/>
     </row>
     <row r="11" spans="2:13" ht="24.95" customHeight="1">
-      <c r="B11" s="34" t="s">
+      <c r="B11" s="20" t="s">
         <v>4</v>
       </c>
-      <c r="C11" s="35"/>
-[...2 lines deleted...]
-      <c r="F11" s="47"/>
+      <c r="C11" s="21"/>
+      <c r="D11" s="22"/>
+      <c r="E11" s="23"/>
+      <c r="F11" s="24"/>
     </row>
     <row r="12" spans="2:13" ht="24.95" customHeight="1">
-      <c r="B12" s="34" t="s">
+      <c r="B12" s="20" t="s">
         <v>5</v>
       </c>
-      <c r="C12" s="35"/>
-[...2 lines deleted...]
-      <c r="F12" s="10"/>
+      <c r="C12" s="21"/>
+      <c r="D12" s="17"/>
+      <c r="E12" s="17"/>
+      <c r="F12" s="17"/>
     </row>
     <row r="13" spans="2:13" ht="24.95" customHeight="1">
-      <c r="B13" s="36" t="s">
+      <c r="B13" s="19" t="s">
         <v>6</v>
       </c>
-      <c r="C13" s="36"/>
-[...2 lines deleted...]
-      <c r="F13" s="39"/>
+      <c r="C13" s="19"/>
+      <c r="D13" s="29"/>
+      <c r="E13" s="30"/>
+      <c r="F13" s="31"/>
     </row>
     <row r="14" spans="2:13" ht="10.5" customHeight="1">
       <c r="B14" s="4"/>
       <c r="C14" s="4"/>
       <c r="D14" s="4"/>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="I14" s="4"/>
       <c r="J14" s="4"/>
       <c r="K14" s="4"/>
       <c r="L14" s="4"/>
       <c r="M14" s="4"/>
     </row>
     <row r="15" spans="2:13">
-      <c r="B15" s="29" t="s">
+      <c r="B15" s="15" t="s">
         <v>7</v>
       </c>
-      <c r="C15" s="29"/>
-[...3 lines deleted...]
-      <c r="I15" s="40" t="s">
+      <c r="C15" s="15"/>
+      <c r="D15" s="15"/>
+      <c r="E15" s="15"/>
+      <c r="F15" s="15"/>
+      <c r="I15" s="32" t="s">
         <v>32</v>
       </c>
-      <c r="J15" s="40"/>
-[...2 lines deleted...]
-      <c r="M15" s="40"/>
+      <c r="J15" s="32"/>
+      <c r="K15" s="32"/>
+      <c r="L15" s="32"/>
+      <c r="M15" s="32"/>
     </row>
     <row r="16" spans="2:13" ht="32.25" customHeight="1">
       <c r="B16" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C16" s="31" t="s">
+      <c r="C16" s="26" t="s">
         <v>37</v>
       </c>
-      <c r="D16" s="32"/>
-[...1 lines deleted...]
-      <c r="F16" s="33"/>
+      <c r="D16" s="27"/>
+      <c r="E16" s="27"/>
+      <c r="F16" s="28"/>
       <c r="I16" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="J16" s="31" t="s">
+      <c r="J16" s="26" t="s">
         <v>27</v>
       </c>
-      <c r="K16" s="32"/>
-[...1 lines deleted...]
-      <c r="M16" s="33"/>
+      <c r="K16" s="27"/>
+      <c r="L16" s="27"/>
+      <c r="M16" s="28"/>
     </row>
     <row r="17" spans="2:14" ht="24.95" customHeight="1">
-      <c r="B17" s="41" t="s">
+      <c r="B17" s="33" t="s">
         <v>1</v>
       </c>
-      <c r="C17" s="14" t="s">
+      <c r="C17" s="25" t="s">
         <v>9</v>
       </c>
-      <c r="D17" s="14"/>
-[...2 lines deleted...]
-      <c r="I17" s="36" t="s">
+      <c r="D17" s="25"/>
+      <c r="E17" s="25"/>
+      <c r="F17" s="25"/>
+      <c r="I17" s="19" t="s">
         <v>1</v>
       </c>
-      <c r="J17" s="42" t="s">
+      <c r="J17" s="34" t="s">
         <v>28</v>
       </c>
-      <c r="K17" s="42"/>
-[...1 lines deleted...]
-      <c r="M17" s="42"/>
+      <c r="K17" s="34"/>
+      <c r="L17" s="34"/>
+      <c r="M17" s="34"/>
     </row>
     <row r="18" spans="2:14" ht="24.95" customHeight="1">
-      <c r="B18" s="41"/>
-      <c r="C18" s="14" t="s">
+      <c r="B18" s="33"/>
+      <c r="C18" s="25" t="s">
         <v>10</v>
       </c>
-      <c r="D18" s="14"/>
-[...3 lines deleted...]
-      <c r="J18" s="14" t="s">
+      <c r="D18" s="25"/>
+      <c r="E18" s="25"/>
+      <c r="F18" s="25"/>
+      <c r="I18" s="19"/>
+      <c r="J18" s="25" t="s">
         <v>34</v>
       </c>
-      <c r="K18" s="14"/>
-[...1 lines deleted...]
-      <c r="M18" s="14"/>
+      <c r="K18" s="25"/>
+      <c r="L18" s="25"/>
+      <c r="M18" s="25"/>
     </row>
     <row r="19" spans="2:14" ht="24.95" customHeight="1">
       <c r="B19" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C19" s="7"/>
       <c r="D19" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="E19" s="10"/>
-      <c r="F19" s="10"/>
+      <c r="E19" s="17"/>
+      <c r="F19" s="17"/>
       <c r="I19" s="6" t="s">
         <v>11</v>
       </c>
       <c r="J19" s="7" t="s">
         <v>13</v>
       </c>
       <c r="K19" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="L19" s="10" t="s">
+      <c r="L19" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="M19" s="10"/>
+      <c r="M19" s="17"/>
     </row>
     <row r="20" spans="2:14" ht="24.95" customHeight="1">
       <c r="B20" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="C20" s="10"/>
-[...2 lines deleted...]
-      <c r="F20" s="10"/>
+      <c r="C20" s="17"/>
+      <c r="D20" s="17"/>
+      <c r="E20" s="17"/>
+      <c r="F20" s="17"/>
       <c r="I20" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="J20" s="10" t="s">
+      <c r="J20" s="17" t="s">
         <v>16</v>
       </c>
-      <c r="K20" s="10"/>
-[...1 lines deleted...]
-      <c r="M20" s="10"/>
+      <c r="K20" s="17"/>
+      <c r="L20" s="17"/>
+      <c r="M20" s="17"/>
     </row>
     <row r="21" spans="2:14" ht="24.95" customHeight="1">
       <c r="B21" s="6" t="s">
         <v>17</v>
       </c>
       <c r="C21" s="7"/>
       <c r="D21" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="E21" s="10"/>
-      <c r="F21" s="10"/>
+      <c r="E21" s="17"/>
+      <c r="F21" s="17"/>
       <c r="I21" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J21" s="7" t="s">
         <v>19</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="L21" s="10" t="s">
+      <c r="L21" s="17" t="s">
         <v>20</v>
       </c>
-      <c r="M21" s="10"/>
+      <c r="M21" s="17"/>
     </row>
     <row r="22" spans="2:14" ht="24.95" customHeight="1">
-      <c r="B22" s="12" t="s">
+      <c r="B22" s="37" t="s">
         <v>21</v>
       </c>
-      <c r="C22" s="14" t="s">
+      <c r="C22" s="25" t="s">
         <v>22</v>
       </c>
-      <c r="D22" s="14"/>
-[...2 lines deleted...]
-      <c r="I22" s="15" t="s">
+      <c r="D22" s="25"/>
+      <c r="E22" s="25"/>
+      <c r="F22" s="25"/>
+      <c r="I22" s="39" t="s">
         <v>21</v>
       </c>
-      <c r="J22" s="14" t="s">
+      <c r="J22" s="25" t="s">
         <v>23</v>
       </c>
-      <c r="K22" s="14"/>
-[...1 lines deleted...]
-      <c r="M22" s="14"/>
+      <c r="K22" s="25"/>
+      <c r="L22" s="25"/>
+      <c r="M22" s="25"/>
     </row>
     <row r="23" spans="2:14" ht="24.95" customHeight="1">
-      <c r="B23" s="13"/>
-      <c r="C23" s="14" t="s">
+      <c r="B23" s="38"/>
+      <c r="C23" s="25" t="s">
         <v>10</v>
       </c>
-      <c r="D23" s="14"/>
-[...3 lines deleted...]
-      <c r="J23" s="14" t="s">
+      <c r="D23" s="25"/>
+      <c r="E23" s="25"/>
+      <c r="F23" s="25"/>
+      <c r="I23" s="40"/>
+      <c r="J23" s="25" t="s">
         <v>24</v>
       </c>
-      <c r="K23" s="14"/>
-[...1 lines deleted...]
-      <c r="M23" s="14"/>
+      <c r="K23" s="25"/>
+      <c r="L23" s="25"/>
+      <c r="M23" s="25"/>
     </row>
     <row r="24" spans="2:14" ht="24.95" customHeight="1">
-      <c r="B24" s="12" t="s">
+      <c r="B24" s="37" t="s">
         <v>31</v>
       </c>
-      <c r="C24" s="17" t="s">
+      <c r="C24" s="41" t="s">
         <v>25</v>
       </c>
-      <c r="D24" s="18"/>
-[...2 lines deleted...]
-      <c r="I24" s="23" t="s">
+      <c r="D24" s="42"/>
+      <c r="E24" s="42"/>
+      <c r="F24" s="43"/>
+      <c r="I24" s="47" t="s">
         <v>31</v>
       </c>
-      <c r="J24" s="25" t="s">
+      <c r="J24" s="49" t="s">
         <v>29</v>
       </c>
-      <c r="K24" s="26"/>
-[...1 lines deleted...]
-      <c r="M24" s="27"/>
+      <c r="K24" s="50"/>
+      <c r="L24" s="50"/>
+      <c r="M24" s="51"/>
     </row>
     <row r="25" spans="2:14" ht="55.5" customHeight="1">
-      <c r="B25" s="13"/>
-[...8 lines deleted...]
-      <c r="M25" s="30"/>
+      <c r="B25" s="38"/>
+      <c r="C25" s="44"/>
+      <c r="D25" s="45"/>
+      <c r="E25" s="45"/>
+      <c r="F25" s="46"/>
+      <c r="I25" s="48"/>
+      <c r="J25" s="52"/>
+      <c r="K25" s="15"/>
+      <c r="L25" s="15"/>
+      <c r="M25" s="53"/>
     </row>
     <row r="26" spans="2:14" ht="82.5" customHeight="1">
-      <c r="B26" s="11" t="s">
-[...6 lines deleted...]
-      <c r="I26" s="11" t="s">
+      <c r="B26" s="35" t="s">
         <v>39</v>
       </c>
-      <c r="J26" s="11"/>
-[...2 lines deleted...]
-      <c r="M26" s="11"/>
+      <c r="C26" s="35"/>
+      <c r="D26" s="35"/>
+      <c r="E26" s="35"/>
+      <c r="F26" s="35"/>
+      <c r="I26" s="36" t="s">
+        <v>35</v>
+      </c>
+      <c r="J26" s="36"/>
+      <c r="K26" s="36"/>
+      <c r="L26" s="36"/>
+      <c r="M26" s="36"/>
     </row>
     <row r="27" spans="2:14" ht="8.25" customHeight="1"/>
     <row r="28" spans="2:14" ht="72.75" customHeight="1">
       <c r="G28" s="9"/>
       <c r="N28" s="9"/>
     </row>
   </sheetData>
   <mergeCells count="44">
-    <mergeCell ref="B2:D3"/>
-[...10 lines deleted...]
-    <mergeCell ref="D11:F11"/>
+    <mergeCell ref="E19:F19"/>
+    <mergeCell ref="L19:M19"/>
+    <mergeCell ref="C20:F20"/>
+    <mergeCell ref="J20:M20"/>
+    <mergeCell ref="E21:F21"/>
+    <mergeCell ref="L21:M21"/>
+    <mergeCell ref="B26:F26"/>
+    <mergeCell ref="I26:M26"/>
+    <mergeCell ref="B22:B23"/>
+    <mergeCell ref="C22:F22"/>
+    <mergeCell ref="I22:I23"/>
+    <mergeCell ref="J22:M22"/>
+    <mergeCell ref="C23:F23"/>
+    <mergeCell ref="J23:M23"/>
+    <mergeCell ref="B24:B25"/>
+    <mergeCell ref="C24:F25"/>
+    <mergeCell ref="I24:I25"/>
+    <mergeCell ref="J24:M25"/>
     <mergeCell ref="C18:F18"/>
     <mergeCell ref="J18:M18"/>
     <mergeCell ref="C16:F16"/>
     <mergeCell ref="B12:C12"/>
     <mergeCell ref="D12:F12"/>
     <mergeCell ref="B13:C13"/>
     <mergeCell ref="D13:F13"/>
     <mergeCell ref="B15:F15"/>
     <mergeCell ref="I15:M15"/>
     <mergeCell ref="J16:M16"/>
     <mergeCell ref="B17:B18"/>
     <mergeCell ref="C17:F17"/>
     <mergeCell ref="I17:I18"/>
     <mergeCell ref="J17:M17"/>
-    <mergeCell ref="B26:F26"/>
-[...16 lines deleted...]
-    <mergeCell ref="L21:M21"/>
+    <mergeCell ref="B9:C9"/>
+    <mergeCell ref="D9:F9"/>
+    <mergeCell ref="B10:C10"/>
+    <mergeCell ref="D10:F10"/>
+    <mergeCell ref="B11:C11"/>
+    <mergeCell ref="D11:F11"/>
+    <mergeCell ref="B2:D3"/>
+    <mergeCell ref="E3:F3"/>
+    <mergeCell ref="B5:F5"/>
+    <mergeCell ref="B7:F7"/>
+    <mergeCell ref="B8:C8"/>
+    <mergeCell ref="D8:F8"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="J21" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="L21" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="76" orientation="portrait" r:id="rId3"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="27" max="6" man="1"/>
   </rowBreaks>
   <colBreaks count="2" manualBreakCount="2">
     <brk id="7" max="24" man="1"/>
     <brk id="16" max="24" man="1"/>
   </colBreaks>
   <drawing r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>