--- v0 (2025-10-21)
+++ v1 (2026-02-06)
@@ -198,162 +198,162 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00607E2C" w:rsidRPr="00607E2C" w14:paraId="69AD0EAF" w14:textId="77777777" w:rsidTr="00607E2C">
         <w:trPr>
           <w:trHeight w:val="64"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
           <w:p w14:paraId="673B515B" w14:textId="4A291621" w:rsidR="00020C26" w:rsidRPr="00607E2C" w:rsidRDefault="00020C26" w:rsidP="00607E2C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00020C26" w:rsidRPr="00607E2C" w14:paraId="613950A6" w14:textId="77777777" w:rsidTr="00607E2C">
+      <w:tr w:rsidR="00EF75F7" w:rsidRPr="00607E2C" w14:paraId="613950A6" w14:textId="77777777" w:rsidTr="00607E2C">
         <w:trPr>
           <w:trHeight w:val="225"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6293" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2F194EBB" w14:textId="309DE066" w:rsidR="00020C26" w:rsidRPr="009E45B7" w:rsidRDefault="00020C26" w:rsidP="00020C26">
+          <w:p w14:paraId="2F194EBB" w14:textId="38A6C1AB" w:rsidR="00EF75F7" w:rsidRPr="009E45B7" w:rsidRDefault="00EF75F7" w:rsidP="00EF75F7">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="5517"/>
               </w:tabs>
               <w:ind w:right="560"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>9.19</w:t>
+              <w:t>10.23</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>금</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">) ~ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>9. 21</w:t>
+              <w:t>10. 25</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">(일), </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">KINTEX  </w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
@@ -405,101 +405,101 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>korea</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78EE18C6" w14:textId="7872A345" w:rsidR="00020C26" w:rsidRPr="009E45B7" w:rsidRDefault="00020C26" w:rsidP="00020C26">
+          <w:p w14:paraId="78EE18C6" w14:textId="438978AE" w:rsidR="00EF75F7" w:rsidRPr="009E45B7" w:rsidRDefault="00EF75F7" w:rsidP="00EF75F7">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3581"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>제출기한 :</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>2025.8.21(목)</w:t>
+              <w:t>2026.9.24(목)</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>까지</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6ED7DFB8" w14:textId="77777777" w:rsidR="00607E2C" w:rsidRPr="00607E2C" w:rsidRDefault="00607E2C" w:rsidP="00607E2C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
           <w:color w:val="282828"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
@@ -1285,51 +1285,50 @@
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>자</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="068FE00C" w14:textId="77777777" w:rsidR="00607E2C" w:rsidRPr="00F976B1" w:rsidRDefault="00607E2C" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5892D5CB" w14:textId="77777777" w:rsidR="00607E2C" w:rsidRPr="009E45B7" w:rsidRDefault="00607E2C" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -1435,51 +1434,50 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>락</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 처</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05DB6AF8" w14:textId="77777777" w:rsidR="00276E00" w:rsidRPr="00F976B1" w:rsidRDefault="00276E00" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DA350A9" w14:textId="77777777" w:rsidR="00276E00" w:rsidRPr="009E45B7" w:rsidRDefault="00276E00" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
@@ -1536,51 +1534,50 @@
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>홈페이지</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0261A878" w14:textId="77777777" w:rsidR="00607E2C" w:rsidRPr="00F976B1" w:rsidRDefault="00607E2C" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7788A4C9" w14:textId="77777777" w:rsidR="00607E2C" w:rsidRPr="009E45B7" w:rsidRDefault="00276E00" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
@@ -2400,71 +2397,51 @@
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="함초롬바탕" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">예 </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00194183">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="함초롬바탕" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(  </w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00194183">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="함초롬바탕" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ), </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> ), 아니오 </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00194183">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="함초롬바탕" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(  </w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00194183">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="함초롬바탕" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> )</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73A55CA3" w14:textId="617A5D66" w:rsidR="00194183" w:rsidRPr="00194183" w:rsidRDefault="00194183" w:rsidP="00194183">
             <w:pPr>
               <w:wordWrap/>
@@ -2646,64 +2623,52 @@
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC6095">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>※</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC6095">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...12 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> 작성예시</w:t>
+      </w:r>
       <w:r w:rsidR="00194183">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: 4</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC6095">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>페이지 참고</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000"/>
@@ -3032,162 +2997,162 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A50E78" w:rsidRPr="00607E2C" w14:paraId="2C130317" w14:textId="77777777" w:rsidTr="00C96404">
         <w:trPr>
           <w:trHeight w:val="64"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
           <w:p w14:paraId="7640B956" w14:textId="77777777" w:rsidR="00A50E78" w:rsidRPr="00607E2C" w:rsidRDefault="00A50E78" w:rsidP="00A50E78">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A50E78" w:rsidRPr="00607E2C" w14:paraId="4C334FF8" w14:textId="77777777" w:rsidTr="00C96404">
+      <w:tr w:rsidR="00EF75F7" w:rsidRPr="00607E2C" w14:paraId="4C334FF8" w14:textId="77777777" w:rsidTr="00C96404">
         <w:trPr>
           <w:trHeight w:val="225"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6293" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="706A6417" w14:textId="153367DF" w:rsidR="00A50E78" w:rsidRPr="009E45B7" w:rsidRDefault="00A50E78" w:rsidP="00A50E78">
+          <w:p w14:paraId="706A6417" w14:textId="7345CDF9" w:rsidR="00EF75F7" w:rsidRPr="009E45B7" w:rsidRDefault="00EF75F7" w:rsidP="00EF75F7">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="5517"/>
               </w:tabs>
               <w:ind w:right="560"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>9.19</w:t>
+              <w:t>10.23</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>금</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">) ~ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>9. 21</w:t>
+              <w:t>10. 25</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">(일), </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">KINTEX  </w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
@@ -3239,101 +3204,101 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>korea</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C8EC549" w14:textId="474214FC" w:rsidR="00A50E78" w:rsidRPr="009E45B7" w:rsidRDefault="00A50E78" w:rsidP="00A50E78">
+          <w:p w14:paraId="3C8EC549" w14:textId="6D8057A9" w:rsidR="00EF75F7" w:rsidRPr="009E45B7" w:rsidRDefault="00EF75F7" w:rsidP="00EF75F7">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3581"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>제출기한 :</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>2025.8.21(목)</w:t>
+              <w:t>2026.9.24(목)</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>까지</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="678FBDC0" w14:textId="77777777" w:rsidR="00CC6095" w:rsidRPr="00607E2C" w:rsidRDefault="00CC6095" w:rsidP="00CC6095">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
           <w:color w:val="282828"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
@@ -4526,51 +4491,50 @@
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>자</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="593E3BBE" w14:textId="77777777" w:rsidR="00D13649" w:rsidRPr="00F976B1" w:rsidRDefault="00D13649" w:rsidP="00D13649">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4386BC05" w14:textId="77777777" w:rsidR="00D13649" w:rsidRPr="009E45B7" w:rsidRDefault="00D13649" w:rsidP="00D13649">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -4676,51 +4640,50 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>락</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 처</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5676E057" w14:textId="77777777" w:rsidR="00D13649" w:rsidRPr="00F976B1" w:rsidRDefault="00D13649" w:rsidP="00D13649">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="298957E7" w14:textId="77777777" w:rsidR="00D13649" w:rsidRPr="009E45B7" w:rsidRDefault="00D13649" w:rsidP="00D13649">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
@@ -6233,64 +6196,52 @@
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC6095">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>※</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC6095">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...12 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> 작성예시</w:t>
+      </w:r>
       <w:r w:rsidR="00194183">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: 4</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC6095">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>페이지 참고</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000"/>
@@ -6479,75 +6430,51 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="00096B99">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">SNS </w:t>
-[...23 lines deleted...]
-        <w:t>]</w:t>
+        <w:t>SNS 작성예시]</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10249"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CC6095" w:rsidRPr="00607E2C" w14:paraId="4E314663" w14:textId="77777777" w:rsidTr="00C96404">
@@ -6703,51 +6630,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC6095" w:rsidRPr="00607E2C" w14:paraId="01C978E8" w14:textId="77777777" w:rsidTr="00C96404">
         <w:trPr>
           <w:trHeight w:val="2259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="536630FC" w14:textId="7FE6CE62" w:rsidR="00CC6095" w:rsidRPr="00607E2C" w:rsidRDefault="00236D46" w:rsidP="00C96404">
+          <w:p w14:paraId="536630FC" w14:textId="2C2F2E23" w:rsidR="00CC6095" w:rsidRPr="00607E2C" w:rsidRDefault="00236D46" w:rsidP="00C96404">
             <w:pPr>
               <w:keepNext/>
               <w:wordWrap/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -6799,194 +6726,227 @@
               <w:t>프터마켓</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00CC6095" w:rsidRPr="00607E2C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 전문 전시회 </w:t>
             </w:r>
             <w:r w:rsidR="00CC6095" w:rsidRPr="00607E2C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>'</w:t>
             </w:r>
+            <w:r w:rsidR="00857601">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="007C522F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC6095" w:rsidRPr="00607E2C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00A8265A">
-[...8 lines deleted...]
-              <w:t>오토살롱테크코리아</w:t>
+            <w:r w:rsidR="00CC6095" w:rsidRPr="00607E2C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>오토살롱</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC6095" w:rsidRPr="00607E2C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>위크</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00A8265A">
-[...9 lines deleted...]
-            </w:r>
             <w:r w:rsidR="00CC6095" w:rsidRPr="00607E2C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>'가 오는</w:t>
             </w:r>
             <w:r w:rsidR="00553769">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00857601">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00A8265A">
-[...8 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="007C522F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00D91257">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00857601">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 9. </w:t>
             </w:r>
-            <w:r w:rsidR="00A8265A">
-[...8 lines deleted...]
-              <w:t>19</w:t>
+            <w:r w:rsidR="007C522F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00CC6095" w:rsidRPr="00607E2C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>금)</w:t>
             </w:r>
             <w:r w:rsidR="00CC6095" w:rsidRPr="00607E2C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>~</w:t>
             </w:r>
-            <w:r w:rsidR="00A8265A">
-[...8 lines deleted...]
-              <w:t>21</w:t>
+            <w:r w:rsidR="007C522F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(일), </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00CC6095" w:rsidRPr="00607E2C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>킨텍스</w:t>
             </w:r>
             <w:r w:rsidR="00CC6095" w:rsidRPr="00607E2C">
@@ -7122,83 +7082,110 @@
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>하여</w:t>
             </w:r>
             <w:r w:rsidRPr="00607E2C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 푸짐한 경품도 받아가세요</w:t>
             </w:r>
             <w:r w:rsidR="00CC4AC6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>~</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="438EF488" w14:textId="09F0BB69" w:rsidR="00CC6095" w:rsidRPr="00607E2C" w:rsidRDefault="00A8265A" w:rsidP="00C96404">
+          <w:p w14:paraId="438EF488" w14:textId="77755889" w:rsidR="00CC6095" w:rsidRPr="00607E2C" w:rsidRDefault="00857601" w:rsidP="00C96404">
             <w:pPr>
               <w:wordWrap/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00502F78">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC6095" w:rsidRPr="00607E2C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>오토살롱테크코리아</w:t>
+            <w:r w:rsidR="00CC6095" w:rsidRPr="00607E2C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>오토살롱</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC6095" w:rsidRPr="00607E2C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>위크</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
             <w:r w:rsidR="00CC6095" w:rsidRPr="00607E2C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 페이지에 올라오는 각종 소식과 다채로운 이벤트도 꼭 확</w:t>
             </w:r>
             <w:r w:rsidR="00CC6095" w:rsidRPr="00607E2C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>인하시길 바랍니다!</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E47E457" w14:textId="77777777" w:rsidR="00CC6095" w:rsidRPr="00607E2C" w:rsidRDefault="00CC6095" w:rsidP="00C96404">
             <w:pPr>
               <w:keepNext/>
               <w:wordWrap/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
@@ -7398,94 +7385,94 @@
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidRPr="00607E2C">
                 <w:rPr>
                   <w:rStyle w:val="58cl"/>
                   <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                   <w:szCs w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:t>#</w:t>
               </w:r>
               <w:r w:rsidRPr="00607E2C">
                 <w:rPr>
                   <w:rStyle w:val="58cm"/>
                   <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                   <w:szCs w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:t>오토살롱위크</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="070FBCC5" w14:textId="33AFCBF1" w:rsidR="00CC6095" w:rsidRPr="00607E2C" w:rsidRDefault="00CC6095" w:rsidP="00D91257">
+          <w:p w14:paraId="070FBCC5" w14:textId="0A07E2CE" w:rsidR="00CC6095" w:rsidRPr="00607E2C" w:rsidRDefault="00CC6095" w:rsidP="00D91257">
             <w:pPr>
               <w:keepNext/>
               <w:wordWrap/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidRPr="00607E2C">
                 <w:rPr>
                   <w:rStyle w:val="58cl"/>
                   <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                   <w:szCs w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:t>#</w:t>
               </w:r>
               <w:r w:rsidR="00857601">
                 <w:rPr>
                   <w:rStyle w:val="58cm"/>
                   <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                   <w:szCs w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:t>202</w:t>
               </w:r>
-              <w:r w:rsidR="00A8265A">
+              <w:r w:rsidR="00502F78">
                 <w:rPr>
                   <w:rStyle w:val="58cm"/>
-                  <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                  <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                   <w:szCs w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
-                <w:t>5</w:t>
+                <w:t>4</w:t>
               </w:r>
               <w:r w:rsidRPr="00607E2C">
                 <w:rPr>
                   <w:rStyle w:val="58cm"/>
                   <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                   <w:szCs w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:t>자동차</w:t>
               </w:r>
               <w:r w:rsidRPr="00607E2C">
                 <w:rPr>
                   <w:rStyle w:val="58cm"/>
                   <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                   <w:szCs w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:t>애프터마켓</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00607E2C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -7497,137 +7484,95 @@
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">자동차전시 </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidRPr="00607E2C">
                 <w:rPr>
                   <w:rStyle w:val="58cl"/>
                   <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                   <w:szCs w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:t>#</w:t>
               </w:r>
               <w:r w:rsidR="00857601">
                 <w:rPr>
                   <w:rStyle w:val="58cm"/>
                   <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                   <w:szCs w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:t>202</w:t>
               </w:r>
-              <w:r w:rsidR="00A8265A">
+              <w:r w:rsidR="00773762">
                 <w:rPr>
                   <w:rStyle w:val="58cm"/>
-                  <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                  <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                   <w:szCs w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
-                <w:t>5</w:t>
+                <w:t>4</w:t>
               </w:r>
               <w:r w:rsidRPr="00607E2C">
                 <w:rPr>
                   <w:rStyle w:val="58cm"/>
                   <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                   <w:szCs w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
-                <w:t>오토살롱</w:t>
-[...17 lines deleted...]
-                <w:t>크</w:t>
+                <w:t>오토살롱위크</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00A8265A">
-[...4 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00607E2C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r w:rsidRPr="00607E2C">
                 <w:rPr>
                   <w:rStyle w:val="58cl"/>
                   <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                   <w:szCs w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:t>#</w:t>
               </w:r>
               <w:r w:rsidRPr="00607E2C">
                 <w:rPr>
                   <w:rStyle w:val="58cm"/>
                   <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                   <w:szCs w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
-                <w:t>AUTOSALON</w:t>
-[...17 lines deleted...]
-                <w:t>K</w:t>
+                <w:t>AUTOSALONWEEK</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00607E2C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r w:rsidRPr="00607E2C">
                 <w:rPr>
                   <w:rStyle w:val="58cl"/>
                   <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                   <w:szCs w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:t>#</w:t>
               </w:r>
               <w:r w:rsidRPr="00607E2C">
                 <w:rPr>
                   <w:rStyle w:val="58cm"/>
                   <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                   <w:szCs w:val="20"/>
@@ -7703,150 +7648,150 @@
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="00BD0DB1" w:rsidRPr="00EA208E">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           </w:rPr>
           <w:t>https://www.facebook.com/autosalon</w:t>
         </w:r>
         <w:r w:rsidR="00BD0DB1" w:rsidRPr="00EA208E">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           </w:rPr>
           <w:t>korea</w:t>
         </w:r>
         <w:r w:rsidR="00BD0DB1" w:rsidRPr="00EA208E">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           </w:rPr>
           <w:t>/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="35ED1F3A" w14:textId="5C54D195" w:rsidR="00096B99" w:rsidRDefault="00096B99" w:rsidP="00096B99">
+    <w:p w14:paraId="35ED1F3A" w14:textId="5FF7AC4A" w:rsidR="00096B99" w:rsidRDefault="00096B99" w:rsidP="00096B99">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:leftChars="71" w:left="142"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>오토살롱위크</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> 인스타그램: </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
-        <w:r w:rsidR="00D25920" w:rsidRPr="00D25920">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="a6"/>
           </w:rPr>
-          <w:t>https://www.instagram.com/autosalontechkorea</w:t>
+          <w:t>https://www.instagram.com/autosalon</w:t>
+        </w:r>
+        <w:r w:rsidR="00BD0DB1" w:rsidRPr="00BD0DB1">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:rFonts w:hint="eastAsia"/>
+          </w:rPr>
+          <w:t>korea</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+          </w:rPr>
+          <w:t>/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="64D3C2F8" w14:textId="77777777" w:rsidR="00096B99" w:rsidRDefault="00096B99" w:rsidP="00096B99">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:leftChars="71" w:left="142"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AEB8833" w14:textId="77777777" w:rsidR="00B13055" w:rsidRDefault="00B13055" w:rsidP="00096B99">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:leftChars="71" w:left="142"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28D4D9C8" w14:textId="77777777" w:rsidR="00D13649" w:rsidRPr="00607E2C" w:rsidRDefault="00096B99" w:rsidP="00096B99">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:leftChars="71" w:left="142"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">[온라인 보도자료 </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00096B99">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>작성예시</w:t>
-[...11 lines deleted...]
-        <w:t>]</w:t>
+        <w:t>작성예시]</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="170" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10206"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D13649" w:rsidRPr="00857601" w14:paraId="726A59BE" w14:textId="77777777" w:rsidTr="00B13055">
@@ -7937,51 +7882,51 @@
           <w:p w14:paraId="6AFD550B" w14:textId="77777777" w:rsidR="00D13649" w:rsidRPr="00096B99" w:rsidRDefault="00D13649" w:rsidP="00B13055">
             <w:pPr>
               <w:widowControl/>
               <w:wordWrap/>
               <w:autoSpaceDE/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:i/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00096B99">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:i/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>&lt;사진 첨부&gt;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13B48960" w14:textId="3AEA8989" w:rsidR="00D13649" w:rsidRPr="00096B99" w:rsidRDefault="00236D46" w:rsidP="00B13055">
+          <w:p w14:paraId="13B48960" w14:textId="475CECF9" w:rsidR="00D13649" w:rsidRPr="00096B99" w:rsidRDefault="00236D46" w:rsidP="00B13055">
             <w:pPr>
               <w:widowControl/>
               <w:wordWrap/>
               <w:autoSpaceDE/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>모빌리티</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
@@ -7995,216 +7940,224 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>애프터마켓</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 대표 전시회, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‘</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">가 </w:t>
+            <w:r w:rsidR="00857601">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00547429">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00D13649" w:rsidRPr="00096B99">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>오는</w:t>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...78 lines deleted...]
-              <w:t xml:space="preserve"> 일산 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00D13649" w:rsidRPr="00096B99">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>오토살롱위크</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>’</w:t>
+            </w:r>
+            <w:r w:rsidR="00D13649" w:rsidRPr="00096B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 오는</w:t>
+            </w:r>
+            <w:r w:rsidR="00D91257">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC4AC6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00D13649" w:rsidRPr="00096B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">월 </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA4484">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00D13649" w:rsidRPr="00096B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>일(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>금</w:t>
+            </w:r>
+            <w:r w:rsidR="00D13649" w:rsidRPr="00096B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)~</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA4484">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00D13649" w:rsidRPr="00096B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>일(일)</w:t>
+            </w:r>
+            <w:r w:rsidR="00D13649" w:rsidRPr="00096B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00D13649" w:rsidRPr="00096B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 일산 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00D13649" w:rsidRPr="00096B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>킨텍스</w:t>
             </w:r>
             <w:r w:rsidR="00D13649" w:rsidRPr="00096B99">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>에</w:t>
             </w:r>
             <w:r w:rsidR="00D13649" w:rsidRPr="00096B99">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>서</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00D13649" w:rsidRPr="00096B99">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 개최</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1006DD74" w14:textId="61A99EFF" w:rsidR="00D13649" w:rsidRPr="00607E2C" w:rsidRDefault="00D13649" w:rsidP="00857601">
+          <w:p w14:paraId="1006DD74" w14:textId="22292751" w:rsidR="00D13649" w:rsidRPr="00607E2C" w:rsidRDefault="00D13649" w:rsidP="00857601">
             <w:pPr>
               <w:widowControl/>
               <w:wordWrap/>
               <w:autoSpaceDE/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00096B99">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">국내 </w:t>
             </w:r>
             <w:r w:rsidR="00236D46">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
@@ -8233,492 +8186,553 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 자동차 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00096B99">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>애프터마켓</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00096B99">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 전문전시회 ‘</w:t>
             </w:r>
+            <w:r w:rsidR="00857601">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00547429">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00B13055">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00650DE3">
-[...5 lines deleted...]
-              <w:t>오토살롱테크코리아</w:t>
+            <w:r w:rsidR="00547429">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>오토</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00096B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>살롱위크’가</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00650DE3">
-[...22 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00096B99">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 일산 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00096B99">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>킨텍스에서</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00096B99">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 개최된다. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00096B99">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>오토살롱위크</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00096B99">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 조직위원회는 ‘</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...175 lines deleted...]
-              <w:t xml:space="preserve"> 일산</w:t>
+            <w:r w:rsidR="00F65CE3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00547429">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00096B99">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00096B99">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>킨텍스</w:t>
+              <w:t>오통살롱위크</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00096B99">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(KINTEX)에서 개최한다고 밝혔다. </w:t>
-[...32 lines deleted...]
-              </w:rPr>
               <w:t>’</w:t>
-            </w:r>
-[...38 lines deleted...]
-              <w:t xml:space="preserve"> 주최하고 ㈜</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00096B99">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>서울메쎄</w:t>
+              <w:t>를</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00096B99">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>, …</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00096B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>오는</w:t>
+            </w:r>
+            <w:r w:rsidR="00D91257">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC4AC6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00096B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>월</w:t>
+            </w:r>
+            <w:r w:rsidR="00857601">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00547429">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00096B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>일(</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA37AD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>금</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00096B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00D91257">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>부</w:t>
+            </w:r>
+            <w:r w:rsidR="00D91257">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>터</w:t>
+            </w:r>
+            <w:r w:rsidR="00857601">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00547429">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00D91257">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>일</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00096B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(일)까지</w:t>
+            </w:r>
+            <w:r w:rsidR="00236D46">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00096B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>경기도</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00096B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 일산</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00096B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00096B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>킨텍스</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00096B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(KINTEX)에서 개최한다고 밝혔다. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00096B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‘</w:t>
+            </w:r>
+            <w:r w:rsidR="00857601">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00547429">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00096B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00096B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>오토살롱위크</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00096B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>’는 국토교통부</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00096B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00096B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>산업통상자원부</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00096B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>가</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00096B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 주최하고 ㈜</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00096B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>서울메쎄</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00096B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, ㈜</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00096B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>킨텍스가</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00096B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>…</w:t>
             </w:r>
             <w:r w:rsidRPr="00096B99">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(생략)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7501CD79" w14:textId="77777777" w:rsidR="0012576B" w:rsidRPr="00CA4484" w:rsidRDefault="0012576B" w:rsidP="00B13055">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="800"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0012576B" w:rsidRPr="00CA4484" w:rsidSect="006415CC">
       <w:footerReference w:type="default" r:id="rId23"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="141CA087" w14:textId="77777777" w:rsidR="00671254" w:rsidRDefault="00671254" w:rsidP="001605D9">
+    <w:p w14:paraId="63001CBE" w14:textId="77777777" w:rsidR="0002448B" w:rsidRDefault="0002448B" w:rsidP="001605D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="24C2E47A" w14:textId="77777777" w:rsidR="00671254" w:rsidRDefault="00671254" w:rsidP="001605D9">
+    <w:p w14:paraId="4FBCCED8" w14:textId="77777777" w:rsidR="0002448B" w:rsidRDefault="0002448B" w:rsidP="001605D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="나눔고딕">
+    <w:panose1 w:val="020D0604000000000000"/>
     <w:charset w:val="81"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="900002A7" w:usb1="29D7FCFB" w:usb2="00000010" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="맑은 고딕">
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="굴림">
     <w:altName w:val="Gulim"/>
     <w:panose1 w:val="020B0600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="함초롬바탕">
     <w:panose1 w:val="02030604000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -8763,51 +8777,51 @@
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6366510" cy="476250"/>
                       </a:xfrm>
                       <a:prstGeom prst="roundRect">
                         <a:avLst>
                           <a:gd name="adj" fmla="val 16667"/>
                         </a:avLst>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="37A38E62" w14:textId="77777777" w:rsidR="00A50E78" w:rsidRPr="00D43C51" w:rsidRDefault="00A50E78" w:rsidP="00A50E78">
+                        <w:p w14:paraId="23CE6516" w14:textId="77777777" w:rsidR="00EF75F7" w:rsidRPr="00D43C51" w:rsidRDefault="00EF75F7" w:rsidP="00EF75F7">
                           <w:pPr>
                             <w:pStyle w:val="a3"/>
                             <w:spacing w:line="240" w:lineRule="auto"/>
                             <w:jc w:val="left"/>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:proofErr w:type="spellStart"/>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>오토살롱</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
@@ -8851,51 +8865,51 @@
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> info@autosalon</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>korea</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>.com</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="189A2117" w14:textId="7AC7F260" w:rsidR="00A50E78" w:rsidRPr="00365C9F" w:rsidRDefault="00A50E78" w:rsidP="00A50E78">
+                        <w:p w14:paraId="4008D15D" w14:textId="77777777" w:rsidR="00EF75F7" w:rsidRPr="00365C9F" w:rsidRDefault="00EF75F7" w:rsidP="00EF75F7">
                           <w:pPr>
                             <w:pStyle w:val="a3"/>
                             <w:spacing w:line="240" w:lineRule="auto"/>
                             <w:jc w:val="left"/>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>㈜</w:t>
                           </w:r>
                           <w:proofErr w:type="spellStart"/>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
@@ -8914,142 +8928,232 @@
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:proofErr w:type="gramStart"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>Tel :</w:t>
                           </w:r>
                           <w:proofErr w:type="gramEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> </w:t>
+                            <w:t xml:space="preserve"> 0</w:t>
                           </w:r>
-                          <w:r w:rsidR="00D354EA" w:rsidRPr="00D354EA">
+                          <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t>070-5095-9913/</w:t>
+                            <w:t>70</w:t>
                           </w:r>
-                          <w:proofErr w:type="gramStart"/>
-                          <w:r w:rsidR="00D354EA" w:rsidRPr="00D354EA">
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>-</w:t>
+                          </w:r>
+                          <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t>16 /</w:t>
+                            <w:t>5095</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>-</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>9913/</w:t>
+                          </w:r>
+                          <w:proofErr w:type="gramStart"/>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>9916</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> /</w:t>
                           </w:r>
                           <w:proofErr w:type="gramEnd"/>
-                          <w:r w:rsidR="00D354EA" w:rsidRPr="00D354EA">
+                          <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
-                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:proofErr w:type="gramStart"/>
-                          <w:r w:rsidR="00D354EA" w:rsidRPr="00D354EA">
+                          <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
-                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>Fax :</w:t>
                           </w:r>
                           <w:proofErr w:type="gramEnd"/>
-                          <w:r w:rsidR="00D354EA" w:rsidRPr="00D354EA">
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> 02-</w:t>
+                          </w:r>
+                          <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> 02-865-5877</w:t>
+                            <w:t>865</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>-00</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>77</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="78D22E21" w14:textId="33B81251" w:rsidR="00C43335" w:rsidRPr="00365C9F" w:rsidRDefault="00C43335" w:rsidP="00C43335">
                           <w:pPr>
                             <w:pStyle w:val="a3"/>
                             <w:spacing w:line="240" w:lineRule="auto"/>
                             <w:jc w:val="left"/>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:roundrect w14:anchorId="2CFF262D" id="AutoShape 1" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:10.5pt;margin-top:-.3pt;width:501.3pt;height:37.5pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBwMWB0JAIAAEcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zSlTdmo6WrVpQhp&#10;uYiFD3Bs5wKOx4zdpuXrmTht6QJPiDxYMxnPmTNnxqvbQ2fYXqNvwRY8nUw501aCam1d8C+fty9e&#10;ceaDsEoYsLrgR+357fr5s1Xvcj2DBozSyAjE+rx3BW9CcHmSeNnoTvgJOG0pWAF2IpCLdaJQ9ITe&#10;mWQ2nWZJD6gcgtTe09/7McjXEb+qtAwfqsrrwEzBiVuIJ8azHM5kvRJ5jcI1rTzREP/AohOtpaIX&#10;qHsRBNth+wdU10oED1WYSOgSqKpW6tgDdZNOf+vmsRFOx15IHO8uMvn/Byvf7x/dRxyoe/cA8ptn&#10;FjaNsLW+Q4S+0UJRuXQQKumdzy8Jg+MplZX9O1A0WrELEDU4VNgNgNQdO0Spjxep9SEwST+zl1m2&#10;SGkikmLzZTZbxFkkIj9nO/ThjYaODUbBEXZWfaJ5xhJi/+BD1FsxK7qhuvrKWdUZmt5eGJZmWbaM&#10;pEV+ukzYZ8zYLphWbVtjooN1uTHIKLXg2/idkv31NWNZX/CbxWwRWTyJ+WuIafz+BhH7iFs3SPva&#10;qmgH0ZrRJpbGnrQe5B022efhUB7o4mCWoI6kOsK4y/T2yGgAf3DW0x4X3H/fCdScmbeWJneTzufD&#10;4kdnvljOyMHrSHkdEVYSVMFlQM5GZxPG57Jz2NYN1Upj7xbuaN5VG86LMfI6MadtJevJc7j2461f&#10;73/9EwAA//8DAFBLAwQUAAYACAAAACEA1avMhN4AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DMBBE70j8g7VIXFDrNIlaCNlUqIhT4UDLB7jxkkTE62A7beDr657gNqtZzbwp15PpxZGc7ywj&#10;LOYJCOLa6o4bhI/9y+wehA+KteotE8IPeVhX11elKrQ98Tsdd6ERMYR9oRDaEIZCSl+3ZJSf24E4&#10;ep/WGRXi6RqpnTrFcNPLNEmW0qiOY0OrBtq0VH/tRoPQvH1nvNpn24d8CE6+2vF383yHeHszPT2C&#10;CDSFv2e44Ed0qCLTwY6svegR0kWcEhBmSxAXO0mzqA4IqzwHWZXy/4DqDAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAHAxYHQkAgAARwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhANWrzITeAAAACAEAAA8AAAAAAAAAAAAAAAAAfgQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="37A38E62" w14:textId="77777777" w:rsidR="00A50E78" w:rsidRPr="00D43C51" w:rsidRDefault="00A50E78" w:rsidP="00A50E78">
+                  <w:p w14:paraId="23CE6516" w14:textId="77777777" w:rsidR="00EF75F7" w:rsidRPr="00D43C51" w:rsidRDefault="00EF75F7" w:rsidP="00EF75F7">
                     <w:pPr>
                       <w:pStyle w:val="a3"/>
                       <w:spacing w:line="240" w:lineRule="auto"/>
                       <w:jc w:val="left"/>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:proofErr w:type="spellStart"/>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>오토살롱</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
@@ -9093,51 +9197,51 @@
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> info@autosalon</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>korea</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>.com</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="189A2117" w14:textId="7AC7F260" w:rsidR="00A50E78" w:rsidRPr="00365C9F" w:rsidRDefault="00A50E78" w:rsidP="00A50E78">
+                  <w:p w14:paraId="4008D15D" w14:textId="77777777" w:rsidR="00EF75F7" w:rsidRPr="00365C9F" w:rsidRDefault="00EF75F7" w:rsidP="00EF75F7">
                     <w:pPr>
                       <w:pStyle w:val="a3"/>
                       <w:spacing w:line="240" w:lineRule="auto"/>
                       <w:jc w:val="left"/>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>㈜</w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
@@ -9156,144 +9260,234 @@
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:proofErr w:type="gramStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>Tel :</w:t>
                     </w:r>
                     <w:proofErr w:type="gramEnd"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> </w:t>
+                      <w:t xml:space="preserve"> 0</w:t>
                     </w:r>
-                    <w:r w:rsidR="00D354EA" w:rsidRPr="00D354EA">
+                    <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t>070-5095-9913/</w:t>
+                      <w:t>70</w:t>
                     </w:r>
-                    <w:proofErr w:type="gramStart"/>
-                    <w:r w:rsidR="00D354EA" w:rsidRPr="00D354EA">
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>-</w:t>
+                    </w:r>
+                    <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t>16 /</w:t>
+                      <w:t>5095</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>-</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>9913/</w:t>
+                    </w:r>
+                    <w:proofErr w:type="gramStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>9916</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> /</w:t>
                     </w:r>
                     <w:proofErr w:type="gramEnd"/>
-                    <w:r w:rsidR="00D354EA" w:rsidRPr="00D354EA">
+                    <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
-                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:proofErr w:type="gramStart"/>
-                    <w:r w:rsidR="00D354EA" w:rsidRPr="00D354EA">
+                    <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
-                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>Fax :</w:t>
                     </w:r>
                     <w:proofErr w:type="gramEnd"/>
-                    <w:r w:rsidR="00D354EA" w:rsidRPr="00D354EA">
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> 02-</w:t>
+                    </w:r>
+                    <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> 02-865-5877</w:t>
+                      <w:t>865</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>-00</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>77</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="78D22E21" w14:textId="33B81251" w:rsidR="00C43335" w:rsidRPr="00365C9F" w:rsidRDefault="00C43335" w:rsidP="00C43335">
                     <w:pPr>
                       <w:pStyle w:val="a3"/>
                       <w:spacing w:line="240" w:lineRule="auto"/>
                       <w:jc w:val="left"/>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:roundrect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="44596576" w14:textId="77777777" w:rsidR="00671254" w:rsidRDefault="00671254" w:rsidP="001605D9">
+    <w:p w14:paraId="4CAE792A" w14:textId="77777777" w:rsidR="0002448B" w:rsidRDefault="0002448B" w:rsidP="001605D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="03C31453" w14:textId="77777777" w:rsidR="00671254" w:rsidRDefault="00671254" w:rsidP="001605D9">
+    <w:p w14:paraId="126DB2EC" w14:textId="77777777" w:rsidR="0002448B" w:rsidRDefault="0002448B" w:rsidP="001605D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="066E48E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="11B22584"/>
     <w:lvl w:ilvl="0" w:tplc="68A03D04">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="760" w:hanging="360"/>
       </w:pPr>
@@ -9544,199 +9738,189 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4000" w:hanging="400"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="394352481">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="240524265">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1163861194">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="800"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003F1BF7"/>
     <w:rsid w:val="000040D2"/>
     <w:rsid w:val="00020C26"/>
+    <w:rsid w:val="0002448B"/>
     <w:rsid w:val="00031734"/>
     <w:rsid w:val="00053D50"/>
     <w:rsid w:val="00096B99"/>
     <w:rsid w:val="000B1BB5"/>
+    <w:rsid w:val="000B51E4"/>
     <w:rsid w:val="000C1C64"/>
-    <w:rsid w:val="000F20F0"/>
     <w:rsid w:val="00121481"/>
     <w:rsid w:val="0012576B"/>
     <w:rsid w:val="001605D9"/>
     <w:rsid w:val="00194183"/>
     <w:rsid w:val="001A4C1B"/>
     <w:rsid w:val="001D3321"/>
     <w:rsid w:val="001D5586"/>
     <w:rsid w:val="001D683F"/>
     <w:rsid w:val="001F4276"/>
     <w:rsid w:val="00236D46"/>
     <w:rsid w:val="00276E00"/>
-    <w:rsid w:val="0027761D"/>
     <w:rsid w:val="002D7EE8"/>
     <w:rsid w:val="003168AD"/>
-    <w:rsid w:val="0034296D"/>
     <w:rsid w:val="00357736"/>
     <w:rsid w:val="00394C59"/>
     <w:rsid w:val="003F1BF7"/>
     <w:rsid w:val="00453138"/>
     <w:rsid w:val="00461E77"/>
     <w:rsid w:val="00502F78"/>
-    <w:rsid w:val="00504C6C"/>
-    <w:rsid w:val="005142CB"/>
     <w:rsid w:val="005212B2"/>
     <w:rsid w:val="0052480E"/>
     <w:rsid w:val="00547429"/>
     <w:rsid w:val="00553769"/>
     <w:rsid w:val="0056617A"/>
-    <w:rsid w:val="005F798E"/>
     <w:rsid w:val="00607E2C"/>
     <w:rsid w:val="006415CC"/>
-    <w:rsid w:val="00650DE3"/>
-    <w:rsid w:val="00671254"/>
     <w:rsid w:val="006721FC"/>
     <w:rsid w:val="0067269D"/>
     <w:rsid w:val="0067489F"/>
     <w:rsid w:val="006828C1"/>
     <w:rsid w:val="006845E1"/>
     <w:rsid w:val="0069626D"/>
     <w:rsid w:val="006B3DFE"/>
-    <w:rsid w:val="00713A8A"/>
     <w:rsid w:val="00745703"/>
     <w:rsid w:val="00773762"/>
     <w:rsid w:val="007A1319"/>
     <w:rsid w:val="007B4755"/>
     <w:rsid w:val="007C4809"/>
     <w:rsid w:val="007C522F"/>
     <w:rsid w:val="0081758D"/>
     <w:rsid w:val="00857601"/>
     <w:rsid w:val="00881EFB"/>
     <w:rsid w:val="008970C3"/>
     <w:rsid w:val="008C298C"/>
     <w:rsid w:val="008C7AE7"/>
     <w:rsid w:val="00997DF8"/>
     <w:rsid w:val="009A0C3F"/>
     <w:rsid w:val="009D23CE"/>
     <w:rsid w:val="00A32855"/>
     <w:rsid w:val="00A50E78"/>
     <w:rsid w:val="00A626A1"/>
     <w:rsid w:val="00A67FEA"/>
-    <w:rsid w:val="00A8265A"/>
     <w:rsid w:val="00AA6D25"/>
     <w:rsid w:val="00AC6FFD"/>
     <w:rsid w:val="00AE36BA"/>
     <w:rsid w:val="00B13055"/>
     <w:rsid w:val="00B377F8"/>
     <w:rsid w:val="00B72B21"/>
     <w:rsid w:val="00B838FF"/>
     <w:rsid w:val="00B872F8"/>
     <w:rsid w:val="00BA0B5F"/>
     <w:rsid w:val="00BA17CB"/>
     <w:rsid w:val="00BA37AD"/>
     <w:rsid w:val="00BB70D4"/>
     <w:rsid w:val="00BD0DB1"/>
     <w:rsid w:val="00C43335"/>
     <w:rsid w:val="00C62C3A"/>
     <w:rsid w:val="00CA4484"/>
     <w:rsid w:val="00CB1272"/>
     <w:rsid w:val="00CB2222"/>
     <w:rsid w:val="00CC2821"/>
     <w:rsid w:val="00CC4AC6"/>
     <w:rsid w:val="00CC6095"/>
     <w:rsid w:val="00CE3D67"/>
     <w:rsid w:val="00D13649"/>
-    <w:rsid w:val="00D25920"/>
-    <w:rsid w:val="00D354EA"/>
     <w:rsid w:val="00D47465"/>
     <w:rsid w:val="00D5081E"/>
     <w:rsid w:val="00D91257"/>
     <w:rsid w:val="00D922BB"/>
     <w:rsid w:val="00DC58F3"/>
     <w:rsid w:val="00E179BB"/>
     <w:rsid w:val="00E22004"/>
     <w:rsid w:val="00E30A19"/>
     <w:rsid w:val="00E3644D"/>
     <w:rsid w:val="00E60102"/>
     <w:rsid w:val="00E76BBF"/>
     <w:rsid w:val="00EC50A4"/>
     <w:rsid w:val="00ED2C7C"/>
     <w:rsid w:val="00ED407D"/>
     <w:rsid w:val="00EE0E4D"/>
     <w:rsid w:val="00EF192B"/>
+    <w:rsid w:val="00EF75F7"/>
     <w:rsid w:val="00F65CE3"/>
     <w:rsid w:val="00F6645E"/>
-    <w:rsid w:val="00F664F3"/>
     <w:rsid w:val="00F67E4F"/>
     <w:rsid w:val="00F804EB"/>
     <w:rsid w:val="00F976B1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -10160,50 +10344,51 @@
     <w:link w:val="1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="003F1BF7"/>
     <w:pPr>
       <w:keepNext/>
       <w:wordWrap/>
       <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
       <w:jc w:val="left"/>
       <w:textAlignment w:val="baseline"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="굴림" w:eastAsia="굴림" w:hAnsi="굴림" w:cs="굴림"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="1Char">
     <w:name w:val="제목 1 Char"/>
@@ -10449,51 +10634,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1970816386">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/hashtag/%EC%9E%90%EB%8F%99%EC%B0%A8%EC%B6%94%EC%B2%9C?source=feed_text&amp;epa=HASHTAG&amp;__xts__%5B0%5D=68.ARB9asmsUeE6N2NdcZ4WC_9zR-dmPDK9aYImmLl-b-DmVU8aOtiG1JPFRWUvaJF8cyUwpJq2SbnP2RgiEgcoOUo_zkMTWay-lYynUjzrFs3KA1up4C1VQWrppvfApoEBJ8Q9I4Y2XK__QJoK8y6dzI23J5OTcTZPkt5gPLSPv0wd6wBVTzwKqsoff7JHNrUplPZlq05CT6WZy890TYg-x1a2i86vxoThbPwV9oJoJN66e8h_vqm0Jk_7MjJzArkwmpLce3Oj_mT_mO-Fq6em8MUbZ2labSezCu_Cn33s466XbYtlaELRbB4gLLLu1rLgER0-YuLilalCubRPbxrBW-ygKw&amp;__tn__=%2ANK-R" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/hashtag/2019%EC%98%A4%ED%86%A0%EC%82%B4%EB%A1%B1%EC%9C%84%ED%81%AC?source=feed_text&amp;epa=HASHTAG&amp;__xts__%5B0%5D=68.ARB9asmsUeE6N2NdcZ4WC_9zR-dmPDK9aYImmLl-b-DmVU8aOtiG1JPFRWUvaJF8cyUwpJq2SbnP2RgiEgcoOUo_zkMTWay-lYynUjzrFs3KA1up4C1VQWrppvfApoEBJ8Q9I4Y2XK__QJoK8y6dzI23J5OTcTZPkt5gPLSPv0wd6wBVTzwKqsoff7JHNrUplPZlq05CT6WZy890TYg-x1a2i86vxoThbPwV9oJoJN66e8h_vqm0Jk_7MjJzArkwmpLce3Oj_mT_mO-Fq6em8MUbZ2labSezCu_Cn33s466XbYtlaELRbB4gLLLu1rLgER0-YuLilalCubRPbxrBW-ygKw&amp;__tn__=%2ANK-R" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/autosalonkorea/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/hashtag/%EC%A0%84%EB%8F%99%EC%B0%A8%EB%8F%99%EC%B0%A8?source=feed_text&amp;epa=HASHTAG&amp;__xts__%5B0%5D=68.ARB9asmsUeE6N2NdcZ4WC_9zR-dmPDK9aYImmLl-b-DmVU8aOtiG1JPFRWUvaJF8cyUwpJq2SbnP2RgiEgcoOUo_zkMTWay-lYynUjzrFs3KA1up4C1VQWrppvfApoEBJ8Q9I4Y2XK__QJoK8y6dzI23J5OTcTZPkt5gPLSPv0wd6wBVTzwKqsoff7JHNrUplPZlq05CT6WZy890TYg-x1a2i86vxoThbPwV9oJoJN66e8h_vqm0Jk_7MjJzArkwmpLce3Oj_mT_mO-Fq6em8MUbZ2labSezCu_Cn33s466XbYtlaELRbB4gLLLu1rLgER0-YuLilalCubRPbxrBW-ygKw&amp;__tn__=%2ANK-R" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/hashtag/2019%EC%95%A0%ED%94%84%ED%84%B0%EB%A7%88%EC%BC%93?source=feed_text&amp;epa=HASHTAG&amp;__xts__%5B0%5D=68.ARB9asmsUeE6N2NdcZ4WC_9zR-dmPDK9aYImmLl-b-DmVU8aOtiG1JPFRWUvaJF8cyUwpJq2SbnP2RgiEgcoOUo_zkMTWay-lYynUjzrFs3KA1up4C1VQWrppvfApoEBJ8Q9I4Y2XK__QJoK8y6dzI23J5OTcTZPkt5gPLSPv0wd6wBVTzwKqsoff7JHNrUplPZlq05CT6WZy890TYg-x1a2i86vxoThbPwV9oJoJN66e8h_vqm0Jk_7MjJzArkwmpLce3Oj_mT_mO-Fq6em8MUbZ2labSezCu_Cn33s466XbYtlaELRbB4gLLLu1rLgER0-YuLilalCubRPbxrBW-ygKw&amp;__tn__=%2ANK-R" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/hashtag/%EC%98%A4%ED%86%A0%EC%82%B4%EB%A1%B1%EC%9C%84%ED%81%AC?source=feed_text&amp;epa=HASHTAG&amp;__xts__%5B0%5D=68.ARB9asmsUeE6N2NdcZ4WC_9zR-dmPDK9aYImmLl-b-DmVU8aOtiG1JPFRWUvaJF8cyUwpJq2SbnP2RgiEgcoOUo_zkMTWay-lYynUjzrFs3KA1up4C1VQWrppvfApoEBJ8Q9I4Y2XK__QJoK8y6dzI23J5OTcTZPkt5gPLSPv0wd6wBVTzwKqsoff7JHNrUplPZlq05CT6WZy890TYg-x1a2i86vxoThbPwV9oJoJN66e8h_vqm0Jk_7MjJzArkwmpLce3Oj_mT_mO-Fq6em8MUbZ2labSezCu_Cn33s466XbYtlaELRbB4gLLLu1rLgER0-YuLilalCubRPbxrBW-ygKw&amp;__tn__=%2ANK-R" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/hashtag/event?source=feed_text&amp;epa=HASHTAG&amp;__xts__%5B0%5D=68.ARB9asmsUeE6N2NdcZ4WC_9zR-dmPDK9aYImmLl-b-DmVU8aOtiG1JPFRWUvaJF8cyUwpJq2SbnP2RgiEgcoOUo_zkMTWay-lYynUjzrFs3KA1up4C1VQWrppvfApoEBJ8Q9I4Y2XK__QJoK8y6dzI23J5OTcTZPkt5gPLSPv0wd6wBVTzwKqsoff7JHNrUplPZlq05CT6WZy890TYg-x1a2i86vxoThbPwV9oJoJN66e8h_vqm0Jk_7MjJzArkwmpLce3Oj_mT_mO-Fq6em8MUbZ2labSezCu_Cn33s466XbYtlaELRbB4gLLLu1rLgER0-YuLilalCubRPbxrBW-ygKw&amp;__tn__=%2ANK-R" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/hashtag/%EC%9E%90%EB%8F%99%EC%B0%A8%EA%B4%80%EB%A6%AC?source=feed_text&amp;epa=HASHTAG&amp;__xts__%5B0%5D=68.ARB9asmsUeE6N2NdcZ4WC_9zR-dmPDK9aYImmLl-b-DmVU8aOtiG1JPFRWUvaJF8cyUwpJq2SbnP2RgiEgcoOUo_zkMTWay-lYynUjzrFs3KA1up4C1VQWrppvfApoEBJ8Q9I4Y2XK__QJoK8y6dzI23J5OTcTZPkt5gPLSPv0wd6wBVTzwKqsoff7JHNrUplPZlq05CT6WZy890TYg-x1a2i86vxoThbPwV9oJoJN66e8h_vqm0Jk_7MjJzArkwmpLce3Oj_mT_mO-Fq6em8MUbZ2labSezCu_Cn33s466XbYtlaELRbB4gLLLu1rLgER0-YuLilalCubRPbxrBW-ygKw&amp;__tn__=%2ANK-R" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/hashtag/%EC%B9%9C%ED%99%98%EA%B2%BD%EC%9E%90%EB%8F%99%EC%B0%A8?source=feed_text&amp;epa=HASHTAG&amp;__xts__%5B0%5D=68.ARB9asmsUeE6N2NdcZ4WC_9zR-dmPDK9aYImmLl-b-DmVU8aOtiG1JPFRWUvaJF8cyUwpJq2SbnP2RgiEgcoOUo_zkMTWay-lYynUjzrFs3KA1up4C1VQWrppvfApoEBJ8Q9I4Y2XK__QJoK8y6dzI23J5OTcTZPkt5gPLSPv0wd6wBVTzwKqsoff7JHNrUplPZlq05CT6WZy890TYg-x1a2i86vxoThbPwV9oJoJN66e8h_vqm0Jk_7MjJzArkwmpLce3Oj_mT_mO-Fq6em8MUbZ2labSezCu_Cn33s466XbYtlaELRbB4gLLLu1rLgER0-YuLilalCubRPbxrBW-ygKw&amp;__tn__=%2ANK-R" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/hashtag/%EC%9E%90%EB%8F%99%EC%B0%A8%EC%9A%A9%ED%92%88?source=feed_text&amp;epa=HASHTAG&amp;__xts__%5B0%5D=68.ARB9asmsUeE6N2NdcZ4WC_9zR-dmPDK9aYImmLl-b-DmVU8aOtiG1JPFRWUvaJF8cyUwpJq2SbnP2RgiEgcoOUo_zkMTWay-lYynUjzrFs3KA1up4C1VQWrppvfApoEBJ8Q9I4Y2XK__QJoK8y6dzI23J5OTcTZPkt5gPLSPv0wd6wBVTzwKqsoff7JHNrUplPZlq05CT6WZy890TYg-x1a2i86vxoThbPwV9oJoJN66e8h_vqm0Jk_7MjJzArkwmpLce3Oj_mT_mO-Fq6em8MUbZ2labSezCu_Cn33s466XbYtlaELRbB4gLLLu1rLgER0-YuLilalCubRPbxrBW-ygKw&amp;__tn__=%2ANK-R" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/hashtag/autosalonweek?source=feed_text&amp;epa=HASHTAG&amp;__xts__%5B0%5D=68.ARB9asmsUeE6N2NdcZ4WC_9zR-dmPDK9aYImmLl-b-DmVU8aOtiG1JPFRWUvaJF8cyUwpJq2SbnP2RgiEgcoOUo_zkMTWay-lYynUjzrFs3KA1up4C1VQWrppvfApoEBJ8Q9I4Y2XK__QJoK8y6dzI23J5OTcTZPkt5gPLSPv0wd6wBVTzwKqsoff7JHNrUplPZlq05CT6WZy890TYg-x1a2i86vxoThbPwV9oJoJN66e8h_vqm0Jk_7MjJzArkwmpLce3Oj_mT_mO-Fq6em8MUbZ2labSezCu_Cn33s466XbYtlaELRbB4gLLLu1rLgER0-YuLilalCubRPbxrBW-ygKw&amp;__tn__=%2ANK-R" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/hashtag/%EC%9E%90%EB%8F%99%EC%B0%A8%EC%8A%A4%ED%83%80%EA%B7%B8%EB%9E%A8?source=feed_text&amp;epa=HASHTAG&amp;__xts__%5B0%5D=68.ARB9asmsUeE6N2NdcZ4WC_9zR-dmPDK9aYImmLl-b-DmVU8aOtiG1JPFRWUvaJF8cyUwpJq2SbnP2RgiEgcoOUo_zkMTWay-lYynUjzrFs3KA1up4C1VQWrppvfApoEBJ8Q9I4Y2XK__QJoK8y6dzI23J5OTcTZPkt5gPLSPv0wd6wBVTzwKqsoff7JHNrUplPZlq05CT6WZy890TYg-x1a2i86vxoThbPwV9oJoJN66e8h_vqm0Jk_7MjJzArkwmpLce3Oj_mT_mO-Fq6em8MUbZ2labSezCu_Cn33s466XbYtlaELRbB4gLLLu1rLgER0-YuLilalCubRPbxrBW-ygKw&amp;__tn__=%2ANK-R" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/hashtag/%EC%9E%90%EB%8F%99%EC%B0%A8%EC%86%8C%ED%92%88?source=feed_text&amp;epa=HASHTAG&amp;__xts__%5B0%5D=68.ARB9asmsUeE6N2NdcZ4WC_9zR-dmPDK9aYImmLl-b-DmVU8aOtiG1JPFRWUvaJF8cyUwpJq2SbnP2RgiEgcoOUo_zkMTWay-lYynUjzrFs3KA1up4C1VQWrppvfApoEBJ8Q9I4Y2XK__QJoK8y6dzI23J5OTcTZPkt5gPLSPv0wd6wBVTzwKqsoff7JHNrUplPZlq05CT6WZy890TYg-x1a2i86vxoThbPwV9oJoJN66e8h_vqm0Jk_7MjJzArkwmpLce3Oj_mT_mO-Fq6em8MUbZ2labSezCu_Cn33s466XbYtlaELRbB4gLLLu1rLgER0-YuLilalCubRPbxrBW-ygKw&amp;__tn__=%2ANK-R" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.instagram.com/autosalontechkorea" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/hashtag/%EC%9E%90%EB%8F%99%EC%B0%A8%EC%B6%94%EC%B2%9C?source=feed_text&amp;epa=HASHTAG&amp;__xts__%5B0%5D=68.ARB9asmsUeE6N2NdcZ4WC_9zR-dmPDK9aYImmLl-b-DmVU8aOtiG1JPFRWUvaJF8cyUwpJq2SbnP2RgiEgcoOUo_zkMTWay-lYynUjzrFs3KA1up4C1VQWrppvfApoEBJ8Q9I4Y2XK__QJoK8y6dzI23J5OTcTZPkt5gPLSPv0wd6wBVTzwKqsoff7JHNrUplPZlq05CT6WZy890TYg-x1a2i86vxoThbPwV9oJoJN66e8h_vqm0Jk_7MjJzArkwmpLce3Oj_mT_mO-Fq6em8MUbZ2labSezCu_Cn33s466XbYtlaELRbB4gLLLu1rLgER0-YuLilalCubRPbxrBW-ygKw&amp;__tn__=%2ANK-R" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/hashtag/2019%EC%98%A4%ED%86%A0%EC%82%B4%EB%A1%B1%EC%9C%84%ED%81%AC?source=feed_text&amp;epa=HASHTAG&amp;__xts__%5B0%5D=68.ARB9asmsUeE6N2NdcZ4WC_9zR-dmPDK9aYImmLl-b-DmVU8aOtiG1JPFRWUvaJF8cyUwpJq2SbnP2RgiEgcoOUo_zkMTWay-lYynUjzrFs3KA1up4C1VQWrppvfApoEBJ8Q9I4Y2XK__QJoK8y6dzI23J5OTcTZPkt5gPLSPv0wd6wBVTzwKqsoff7JHNrUplPZlq05CT6WZy890TYg-x1a2i86vxoThbPwV9oJoJN66e8h_vqm0Jk_7MjJzArkwmpLce3Oj_mT_mO-Fq6em8MUbZ2labSezCu_Cn33s466XbYtlaELRbB4gLLLu1rLgER0-YuLilalCubRPbxrBW-ygKw&amp;__tn__=%2ANK-R" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/autosalonkorea/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/hashtag/%EC%A0%84%EB%8F%99%EC%B0%A8%EB%8F%99%EC%B0%A8?source=feed_text&amp;epa=HASHTAG&amp;__xts__%5B0%5D=68.ARB9asmsUeE6N2NdcZ4WC_9zR-dmPDK9aYImmLl-b-DmVU8aOtiG1JPFRWUvaJF8cyUwpJq2SbnP2RgiEgcoOUo_zkMTWay-lYynUjzrFs3KA1up4C1VQWrppvfApoEBJ8Q9I4Y2XK__QJoK8y6dzI23J5OTcTZPkt5gPLSPv0wd6wBVTzwKqsoff7JHNrUplPZlq05CT6WZy890TYg-x1a2i86vxoThbPwV9oJoJN66e8h_vqm0Jk_7MjJzArkwmpLce3Oj_mT_mO-Fq6em8MUbZ2labSezCu_Cn33s466XbYtlaELRbB4gLLLu1rLgER0-YuLilalCubRPbxrBW-ygKw&amp;__tn__=%2ANK-R" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/hashtag/2019%EC%95%A0%ED%94%84%ED%84%B0%EB%A7%88%EC%BC%93?source=feed_text&amp;epa=HASHTAG&amp;__xts__%5B0%5D=68.ARB9asmsUeE6N2NdcZ4WC_9zR-dmPDK9aYImmLl-b-DmVU8aOtiG1JPFRWUvaJF8cyUwpJq2SbnP2RgiEgcoOUo_zkMTWay-lYynUjzrFs3KA1up4C1VQWrppvfApoEBJ8Q9I4Y2XK__QJoK8y6dzI23J5OTcTZPkt5gPLSPv0wd6wBVTzwKqsoff7JHNrUplPZlq05CT6WZy890TYg-x1a2i86vxoThbPwV9oJoJN66e8h_vqm0Jk_7MjJzArkwmpLce3Oj_mT_mO-Fq6em8MUbZ2labSezCu_Cn33s466XbYtlaELRbB4gLLLu1rLgER0-YuLilalCubRPbxrBW-ygKw&amp;__tn__=%2ANK-R" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/hashtag/%EC%98%A4%ED%86%A0%EC%82%B4%EB%A1%B1%EC%9C%84%ED%81%AC?source=feed_text&amp;epa=HASHTAG&amp;__xts__%5B0%5D=68.ARB9asmsUeE6N2NdcZ4WC_9zR-dmPDK9aYImmLl-b-DmVU8aOtiG1JPFRWUvaJF8cyUwpJq2SbnP2RgiEgcoOUo_zkMTWay-lYynUjzrFs3KA1up4C1VQWrppvfApoEBJ8Q9I4Y2XK__QJoK8y6dzI23J5OTcTZPkt5gPLSPv0wd6wBVTzwKqsoff7JHNrUplPZlq05CT6WZy890TYg-x1a2i86vxoThbPwV9oJoJN66e8h_vqm0Jk_7MjJzArkwmpLce3Oj_mT_mO-Fq6em8MUbZ2labSezCu_Cn33s466XbYtlaELRbB4gLLLu1rLgER0-YuLilalCubRPbxrBW-ygKw&amp;__tn__=%2ANK-R" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/hashtag/event?source=feed_text&amp;epa=HASHTAG&amp;__xts__%5B0%5D=68.ARB9asmsUeE6N2NdcZ4WC_9zR-dmPDK9aYImmLl-b-DmVU8aOtiG1JPFRWUvaJF8cyUwpJq2SbnP2RgiEgcoOUo_zkMTWay-lYynUjzrFs3KA1up4C1VQWrppvfApoEBJ8Q9I4Y2XK__QJoK8y6dzI23J5OTcTZPkt5gPLSPv0wd6wBVTzwKqsoff7JHNrUplPZlq05CT6WZy890TYg-x1a2i86vxoThbPwV9oJoJN66e8h_vqm0Jk_7MjJzArkwmpLce3Oj_mT_mO-Fq6em8MUbZ2labSezCu_Cn33s466XbYtlaELRbB4gLLLu1rLgER0-YuLilalCubRPbxrBW-ygKw&amp;__tn__=%2ANK-R" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/hashtag/%EC%9E%90%EB%8F%99%EC%B0%A8%EA%B4%80%EB%A6%AC?source=feed_text&amp;epa=HASHTAG&amp;__xts__%5B0%5D=68.ARB9asmsUeE6N2NdcZ4WC_9zR-dmPDK9aYImmLl-b-DmVU8aOtiG1JPFRWUvaJF8cyUwpJq2SbnP2RgiEgcoOUo_zkMTWay-lYynUjzrFs3KA1up4C1VQWrppvfApoEBJ8Q9I4Y2XK__QJoK8y6dzI23J5OTcTZPkt5gPLSPv0wd6wBVTzwKqsoff7JHNrUplPZlq05CT6WZy890TYg-x1a2i86vxoThbPwV9oJoJN66e8h_vqm0Jk_7MjJzArkwmpLce3Oj_mT_mO-Fq6em8MUbZ2labSezCu_Cn33s466XbYtlaELRbB4gLLLu1rLgER0-YuLilalCubRPbxrBW-ygKw&amp;__tn__=%2ANK-R" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/hashtag/%EC%B9%9C%ED%99%98%EA%B2%BD%EC%9E%90%EB%8F%99%EC%B0%A8?source=feed_text&amp;epa=HASHTAG&amp;__xts__%5B0%5D=68.ARB9asmsUeE6N2NdcZ4WC_9zR-dmPDK9aYImmLl-b-DmVU8aOtiG1JPFRWUvaJF8cyUwpJq2SbnP2RgiEgcoOUo_zkMTWay-lYynUjzrFs3KA1up4C1VQWrppvfApoEBJ8Q9I4Y2XK__QJoK8y6dzI23J5OTcTZPkt5gPLSPv0wd6wBVTzwKqsoff7JHNrUplPZlq05CT6WZy890TYg-x1a2i86vxoThbPwV9oJoJN66e8h_vqm0Jk_7MjJzArkwmpLce3Oj_mT_mO-Fq6em8MUbZ2labSezCu_Cn33s466XbYtlaELRbB4gLLLu1rLgER0-YuLilalCubRPbxrBW-ygKw&amp;__tn__=%2ANK-R" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/hashtag/%EC%9E%90%EB%8F%99%EC%B0%A8%EC%9A%A9%ED%92%88?source=feed_text&amp;epa=HASHTAG&amp;__xts__%5B0%5D=68.ARB9asmsUeE6N2NdcZ4WC_9zR-dmPDK9aYImmLl-b-DmVU8aOtiG1JPFRWUvaJF8cyUwpJq2SbnP2RgiEgcoOUo_zkMTWay-lYynUjzrFs3KA1up4C1VQWrppvfApoEBJ8Q9I4Y2XK__QJoK8y6dzI23J5OTcTZPkt5gPLSPv0wd6wBVTzwKqsoff7JHNrUplPZlq05CT6WZy890TYg-x1a2i86vxoThbPwV9oJoJN66e8h_vqm0Jk_7MjJzArkwmpLce3Oj_mT_mO-Fq6em8MUbZ2labSezCu_Cn33s466XbYtlaELRbB4gLLLu1rLgER0-YuLilalCubRPbxrBW-ygKw&amp;__tn__=%2ANK-R" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/hashtag/autosalonweek?source=feed_text&amp;epa=HASHTAG&amp;__xts__%5B0%5D=68.ARB9asmsUeE6N2NdcZ4WC_9zR-dmPDK9aYImmLl-b-DmVU8aOtiG1JPFRWUvaJF8cyUwpJq2SbnP2RgiEgcoOUo_zkMTWay-lYynUjzrFs3KA1up4C1VQWrppvfApoEBJ8Q9I4Y2XK__QJoK8y6dzI23J5OTcTZPkt5gPLSPv0wd6wBVTzwKqsoff7JHNrUplPZlq05CT6WZy890TYg-x1a2i86vxoThbPwV9oJoJN66e8h_vqm0Jk_7MjJzArkwmpLce3Oj_mT_mO-Fq6em8MUbZ2labSezCu_Cn33s466XbYtlaELRbB4gLLLu1rLgER0-YuLilalCubRPbxrBW-ygKw&amp;__tn__=%2ANK-R" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/hashtag/%EC%9E%90%EB%8F%99%EC%B0%A8%EC%8A%A4%ED%83%80%EA%B7%B8%EB%9E%A8?source=feed_text&amp;epa=HASHTAG&amp;__xts__%5B0%5D=68.ARB9asmsUeE6N2NdcZ4WC_9zR-dmPDK9aYImmLl-b-DmVU8aOtiG1JPFRWUvaJF8cyUwpJq2SbnP2RgiEgcoOUo_zkMTWay-lYynUjzrFs3KA1up4C1VQWrppvfApoEBJ8Q9I4Y2XK__QJoK8y6dzI23J5OTcTZPkt5gPLSPv0wd6wBVTzwKqsoff7JHNrUplPZlq05CT6WZy890TYg-x1a2i86vxoThbPwV9oJoJN66e8h_vqm0Jk_7MjJzArkwmpLce3Oj_mT_mO-Fq6em8MUbZ2labSezCu_Cn33s466XbYtlaELRbB4gLLLu1rLgER0-YuLilalCubRPbxrBW-ygKw&amp;__tn__=%2ANK-R" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/hashtag/%EC%9E%90%EB%8F%99%EC%B0%A8%EC%86%8C%ED%92%88?source=feed_text&amp;epa=HASHTAG&amp;__xts__%5B0%5D=68.ARB9asmsUeE6N2NdcZ4WC_9zR-dmPDK9aYImmLl-b-DmVU8aOtiG1JPFRWUvaJF8cyUwpJq2SbnP2RgiEgcoOUo_zkMTWay-lYynUjzrFs3KA1up4C1VQWrppvfApoEBJ8Q9I4Y2XK__QJoK8y6dzI23J5OTcTZPkt5gPLSPv0wd6wBVTzwKqsoff7JHNrUplPZlq05CT6WZy890TYg-x1a2i86vxoThbPwV9oJoJN66e8h_vqm0Jk_7MjJzArkwmpLce3Oj_mT_mO-Fq6em8MUbZ2labSezCu_Cn33s466XbYtlaELRbB4gLLLu1rLgER0-YuLilalCubRPbxrBW-ygKw&amp;__tn__=%2ANK-R" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.instagram.com/autosalonweek/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 테마">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10742,65 +10927,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1334</Words>
-  <Characters>7609</Characters>
+  <Words>1330</Words>
+  <Characters>7581</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>63</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>제목</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8926</CharactersWithSpaces>
+  <CharactersWithSpaces>8894</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SMI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>