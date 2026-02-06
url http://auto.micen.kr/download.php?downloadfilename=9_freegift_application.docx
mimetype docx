--- v0 (2025-10-21)
+++ v1 (2026-02-06)
@@ -1,40 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6182F5FB" w14:textId="77777777" w:rsidR="00D378D3" w:rsidRDefault="00D378D3" w:rsidP="00D378D3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -160,159 +165,159 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D378D3" w:rsidRPr="0049304F" w14:paraId="14755466" w14:textId="77777777" w:rsidTr="00344483">
         <w:trPr>
           <w:trHeight w:val="64"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
           <w:p w14:paraId="454F762C" w14:textId="77777777" w:rsidR="00D378D3" w:rsidRPr="0049304F" w:rsidRDefault="00D378D3" w:rsidP="00344483">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D378D3" w:rsidRPr="0049304F" w14:paraId="5AECBF3D" w14:textId="77777777" w:rsidTr="00344483">
+      <w:tr w:rsidR="00D039E0" w:rsidRPr="0049304F" w14:paraId="5AECBF3D" w14:textId="77777777" w:rsidTr="00344483">
         <w:trPr>
           <w:trHeight w:val="225"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6293" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="74337B6F" w14:textId="77777777" w:rsidR="00D378D3" w:rsidRPr="009E45B7" w:rsidRDefault="00D378D3" w:rsidP="00344483">
+          <w:p w14:paraId="74337B6F" w14:textId="351E6473" w:rsidR="00D039E0" w:rsidRPr="009E45B7" w:rsidRDefault="00D039E0" w:rsidP="00D039E0">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:ind w:right="560"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>9.19</w:t>
+              <w:t>10.23</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>금</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">) ~ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>9. 21</w:t>
+              <w:t>10. 25</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">(일), KINTEX  </w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">|  </w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
@@ -341,88 +346,88 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>korea</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76133BDF" w14:textId="77777777" w:rsidR="00D378D3" w:rsidRPr="009E45B7" w:rsidRDefault="00D378D3" w:rsidP="00344483">
+          <w:p w14:paraId="76133BDF" w14:textId="2BC13101" w:rsidR="00D039E0" w:rsidRPr="009E45B7" w:rsidRDefault="00D039E0" w:rsidP="00D039E0">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3581"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">제출기한 : </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>2025.8.21(목)</w:t>
+              <w:t>2026.9.24(목)</w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>까지</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="35C2807B" w14:textId="77777777" w:rsidR="004E45A2" w:rsidRPr="005A1CF3" w:rsidRDefault="004E45A2" w:rsidP="004E45A2">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
           <w:color w:val="282828"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
@@ -996,51 +1001,50 @@
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>자</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3458" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F7297D5" w14:textId="77777777" w:rsidR="004E45A2" w:rsidRPr="00DF2832" w:rsidRDefault="004E45A2" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A3776EF" w14:textId="77777777" w:rsidR="004E45A2" w:rsidRPr="009E45B7" w:rsidRDefault="004E45A2" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -1124,51 +1128,50 @@
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E45B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>연 락 처</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3458" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="280AD7D8" w14:textId="77777777" w:rsidR="004E45A2" w:rsidRPr="00DF2832" w:rsidRDefault="004E45A2" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="굴림"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43073B2E" w14:textId="77777777" w:rsidR="004E45A2" w:rsidRPr="009E45B7" w:rsidRDefault="004E45A2" w:rsidP="00C96404">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="center"/>
@@ -2444,78 +2447,78 @@
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="2731"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D378D3" w:rsidRPr="0049304F" w14:paraId="29E04FDB" w14:textId="77777777" w:rsidTr="00344483">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D058D15" w14:textId="77777777" w:rsidR="00D378D3" w:rsidRPr="0049304F" w:rsidRDefault="00D378D3" w:rsidP="00344483">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2731" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3902576A" w14:textId="77777777" w:rsidR="00D378D3" w:rsidRPr="0049304F" w:rsidRDefault="00D378D3" w:rsidP="00344483">
+          <w:p w14:paraId="3902576A" w14:textId="661D6768" w:rsidR="00D378D3" w:rsidRPr="0049304F" w:rsidRDefault="00D378D3" w:rsidP="00344483">
             <w:pPr>
               <w:pStyle w:val="s0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00D039E0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="0049304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0049304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕" w:hint="eastAsia"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>년</w:t>
             </w:r>
             <w:r w:rsidRPr="0049304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="맑은 고딕"/>
                 <w:color w:val="282828"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
@@ -2718,129 +2721,145 @@
         <w:t>테크코리아</w:t>
       </w:r>
       <w:r w:rsidRPr="009E45B7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="282828"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>」 사무국 귀중</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F7AB7CA" w14:textId="679DD362" w:rsidR="00C61362" w:rsidRPr="00D378D3" w:rsidRDefault="00C61362" w:rsidP="00D378D3">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C61362" w:rsidRPr="00D378D3" w:rsidSect="004E45A2">
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="even" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11452" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4C888730" w14:textId="77777777" w:rsidR="00D6052B" w:rsidRDefault="00D6052B" w:rsidP="00C61362">
+    <w:p w14:paraId="573CB7A1" w14:textId="77777777" w:rsidR="0028690E" w:rsidRDefault="0028690E" w:rsidP="00C61362">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="05E17ED9" w14:textId="77777777" w:rsidR="00D6052B" w:rsidRDefault="00D6052B" w:rsidP="00C61362">
+    <w:p w14:paraId="538CB998" w14:textId="77777777" w:rsidR="0028690E" w:rsidRDefault="0028690E" w:rsidP="00C61362">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="맑은 고딕">
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="굴림">
     <w:altName w:val="Gulim"/>
     <w:panose1 w:val="020B0600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Rix모던고딕 L">
+    <w:panose1 w:val="02020603020101020101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002A7" w:usb1="29D77CFB" w:usb2="00000010" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="바탕">
     <w:altName w:val="Batang"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2C16B10A" w14:textId="77777777" w:rsidR="00D039E0" w:rsidRDefault="00D039E0">
+    <w:pPr>
+      <w:pStyle w:val="a4"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="66CF8F32" w14:textId="77777777" w:rsidR="00792ADD" w:rsidRDefault="008208FB">
     <w:pPr>
       <w:pStyle w:val="a4"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5BECBF15" wp14:editId="49B5E625">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-24986</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-195359</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6366510" cy="494251"/>
               <wp:effectExtent l="0" t="0" r="15240" b="20320"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="AutoShape 1"/>
               <wp:cNvGraphicFramePr>
@@ -2854,51 +2873,51 @@
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6366510" cy="494251"/>
                       </a:xfrm>
                       <a:prstGeom prst="roundRect">
                         <a:avLst>
                           <a:gd name="adj" fmla="val 16667"/>
                         </a:avLst>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="0C2A790B" w14:textId="77777777" w:rsidR="00D378D3" w:rsidRPr="00D43C51" w:rsidRDefault="00D378D3" w:rsidP="00D378D3">
+                        <w:p w14:paraId="343E7857" w14:textId="77777777" w:rsidR="00D039E0" w:rsidRPr="00D43C51" w:rsidRDefault="00D039E0" w:rsidP="00D039E0">
                           <w:pPr>
                             <w:pStyle w:val="a6"/>
                             <w:spacing w:line="240" w:lineRule="auto"/>
                             <w:jc w:val="left"/>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>오토살롱</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
@@ -2918,110 +2937,222 @@
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> 사무국 | E-mail : info@autosalon</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>korea</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>.com</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="70E52F2B" w14:textId="033EC7D6" w:rsidR="00792ADD" w:rsidRPr="00A07A38" w:rsidRDefault="00D378D3" w:rsidP="00507909">
+                        <w:p w14:paraId="5B9B8230" w14:textId="67EE211D" w:rsidR="00D039E0" w:rsidRPr="00365C9F" w:rsidRDefault="00D039E0" w:rsidP="00D039E0">
                           <w:pPr>
                             <w:pStyle w:val="a6"/>
                             <w:spacing w:line="240" w:lineRule="auto"/>
                             <w:jc w:val="left"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00D43C51">
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>㈜서울메쎄</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> Tel : </w:t>
+                            <w:t xml:space="preserve"> Tel : 0</w:t>
                           </w:r>
-                          <w:r w:rsidR="00507909" w:rsidRPr="00507909">
+                          <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                               <w:b/>
                               <w:color w:val="282828"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t>070-5095-9913/16 / Fax : 02-865-5877</w:t>
+                            <w:t>70</w:t>
                           </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>-</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>5095</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>-</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>9913/9916</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> / Fax : 02-</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>865</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>-</w:t>
+                          </w:r>
+                          <w:r w:rsidR="0082318D">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>58</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>77</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00D43C51">
+                            <w:rPr>
+                              <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                              <w:b/>
+                              <w:color w:val="282828"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="70E52F2B" w14:textId="052C3644" w:rsidR="00792ADD" w:rsidRPr="00A07A38" w:rsidRDefault="00792ADD" w:rsidP="00FB3B3B">
+                          <w:pPr>
+                            <w:pStyle w:val="a6"/>
+                            <w:spacing w:line="168" w:lineRule="auto"/>
+                            <w:jc w:val="left"/>
+                          </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:roundrect w14:anchorId="5BECBF15" id="AutoShape 1" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:-1.95pt;margin-top:-15.4pt;width:501.3pt;height:38.9pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCENFWrIwIAAEUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zSlzdKo6WrVpQhp&#10;uYiFD3BspzE4HmO7TcrXM3ba0gWeEHmwZjKeM2fOjFe3Q6fJQTqvwFQ0n0wpkYaDUGZX0S+fty9e&#10;UeIDM4JpMLKiR+np7fr5s1VvSzmDFrSQjiCI8WVvK9qGYMss87yVHfMTsNJgsAHXsYCu22XCsR7R&#10;O53NptMi68EJ64BL7/Hv/Rik64TfNJKHD03jZSC6osgtpNOls45ntl6xcueYbRU/0WD/wKJjymDR&#10;C9Q9C4zsnfoDqlPcgYcmTDh0GTSN4jL1gN3k09+6eWyZlakXFMfbi0z+/8Hy94dH+9FF6t4+AP/m&#10;iYFNy8xO3jkHfSuZwHJ5FCrrrS8vCdHxmErq/h0IHC3bB0gaDI3rIiB2R4Yk9fEitRwC4fizeFkU&#10;ixwnwjE2X85ni7EEK8/Z1vnwRkJHolFRB3sjPuE8Uwl2ePAh6S2IYV2sLr5S0nQap3dgmuRFUdwk&#10;0qw8Xc5YecZM7YJWYqu0To7b1RvtCKZWdJu+U7K/vqYN6Su6XMwWicWTmL+GmKbvbxCpj7R1UdrX&#10;RiQ7MKVHG1lqc9I6yhs32ZdhqAe8GM0axBFVdzDuMr49NFpwPyjpcY8r6r/vmZOU6LcGJ7fM5/O4&#10;+MmZL25m6LjrSH0dYYYjVEUDJaO5CeNj2Vundi1WylPnBu5w2o0K57UYWZ14466i9eQxXPvp1q/X&#10;v/4JAAD//wMAUEsDBBQABgAIAAAAIQDq8ygx3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9N&#10;T8MwDIbvSPyHyEjctoTPraXphJDgiigcOKaNaSsap0vSrvDr8U7sZFl+9Pp5i93iBjFjiL0nDVdr&#10;BQKp8banVsPH+/NqCyImQ9YMnlDDD0bYlednhcmtP9AbzlVqBYdQzI2GLqUxlzI2HToT135E4tuX&#10;D84kXkMrbTAHDneDvFbqXjrTE3/ozIhPHTbf1eQ0NFZNKnzOr1l9l6rfedqTfNlrfXmxPD6ASLik&#10;fxiO+qwOJTvVfiIbxaBhdZMxeZyKKzCQZdsNiFrD7UaBLAt52qD8AwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAIQ0VasjAgAARQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAOrzKDHcAAAACQEAAA8AAAAAAAAAAAAAAAAAfQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="0C2A790B" w14:textId="77777777" w:rsidR="00D378D3" w:rsidRPr="00D43C51" w:rsidRDefault="00D378D3" w:rsidP="00D378D3">
+                  <w:p w14:paraId="343E7857" w14:textId="77777777" w:rsidR="00D039E0" w:rsidRPr="00D43C51" w:rsidRDefault="00D039E0" w:rsidP="00D039E0">
                     <w:pPr>
                       <w:pStyle w:val="a6"/>
                       <w:spacing w:line="240" w:lineRule="auto"/>
                       <w:jc w:val="left"/>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>오토살롱</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
@@ -3041,115 +3172,267 @@
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> 사무국 | E-mail : info@autosalon</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>korea</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>.com</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="70E52F2B" w14:textId="033EC7D6" w:rsidR="00792ADD" w:rsidRPr="00A07A38" w:rsidRDefault="00D378D3" w:rsidP="00507909">
+                  <w:p w14:paraId="5B9B8230" w14:textId="67EE211D" w:rsidR="00D039E0" w:rsidRPr="00365C9F" w:rsidRDefault="00D039E0" w:rsidP="00D039E0">
                     <w:pPr>
                       <w:pStyle w:val="a6"/>
                       <w:spacing w:line="240" w:lineRule="auto"/>
                       <w:jc w:val="left"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00D43C51">
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>㈜서울메쎄</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> Tel : </w:t>
+                      <w:t xml:space="preserve"> Tel : 0</w:t>
                     </w:r>
-                    <w:r w:rsidR="00507909" w:rsidRPr="00507909">
+                    <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
                         <w:b/>
                         <w:color w:val="282828"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t>070-5095-9913/16 / Fax : 02-865-5877</w:t>
+                      <w:t>70</w:t>
                     </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>-</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>5095</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>-</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>9913/9916</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> / Fax : 02-</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>865</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>-</w:t>
+                    </w:r>
+                    <w:r w:rsidR="0082318D">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>58</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>77</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00D43C51">
+                      <w:rPr>
+                        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
+                        <w:b/>
+                        <w:color w:val="282828"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="70E52F2B" w14:textId="052C3644" w:rsidR="00792ADD" w:rsidRPr="00A07A38" w:rsidRDefault="00792ADD" w:rsidP="00FB3B3B">
+                    <w:pPr>
+                      <w:pStyle w:val="a6"/>
+                      <w:spacing w:line="168" w:lineRule="auto"/>
+                      <w:jc w:val="left"/>
+                    </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:roundrect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="166B7A45" w14:textId="77777777" w:rsidR="00D039E0" w:rsidRDefault="00D039E0">
+    <w:pPr>
+      <w:pStyle w:val="a4"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="66057A7D" w14:textId="77777777" w:rsidR="00D6052B" w:rsidRDefault="00D6052B" w:rsidP="00C61362">
+    <w:p w14:paraId="161178C0" w14:textId="77777777" w:rsidR="0028690E" w:rsidRDefault="0028690E" w:rsidP="00C61362">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5339FAD5" w14:textId="77777777" w:rsidR="00D6052B" w:rsidRDefault="00D6052B" w:rsidP="00C61362">
+    <w:p w14:paraId="63A221C6" w14:textId="77777777" w:rsidR="0028690E" w:rsidRDefault="0028690E" w:rsidP="00C61362">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="28059BE6" w14:textId="77777777" w:rsidR="00D039E0" w:rsidRDefault="00D039E0">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3508A14C" w14:textId="77777777" w:rsidR="00D039E0" w:rsidRDefault="00D039E0">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7BB91C44" w14:textId="77777777" w:rsidR="00D039E0" w:rsidRDefault="00D039E0">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27911FBB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB2C3CB0"/>
     <w:lvl w:ilvl="0" w:tplc="C8B42396">
       <w:start w:val="2019"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="※"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:cs="굴림" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -3347,201 +3630,201 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4000" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1924607201">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="50424995">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:defaultTabStop w:val="800"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C61362"/>
     <w:rsid w:val="000122E1"/>
     <w:rsid w:val="000200BD"/>
     <w:rsid w:val="00043358"/>
     <w:rsid w:val="00096167"/>
     <w:rsid w:val="000B3C66"/>
+    <w:rsid w:val="000B51E4"/>
     <w:rsid w:val="000B66BF"/>
     <w:rsid w:val="000C66A7"/>
     <w:rsid w:val="00123366"/>
-    <w:rsid w:val="00137DC5"/>
     <w:rsid w:val="00152CE9"/>
     <w:rsid w:val="00190616"/>
     <w:rsid w:val="001927E0"/>
     <w:rsid w:val="001D59A4"/>
     <w:rsid w:val="0023621D"/>
     <w:rsid w:val="00275FE6"/>
     <w:rsid w:val="002772A4"/>
+    <w:rsid w:val="0028690E"/>
     <w:rsid w:val="00287B9B"/>
     <w:rsid w:val="00290A96"/>
     <w:rsid w:val="002979FF"/>
     <w:rsid w:val="002E1FB0"/>
     <w:rsid w:val="002E686B"/>
     <w:rsid w:val="002F5CE2"/>
-    <w:rsid w:val="0030541E"/>
     <w:rsid w:val="0032754E"/>
     <w:rsid w:val="00327F16"/>
     <w:rsid w:val="0033473C"/>
     <w:rsid w:val="00364CA4"/>
     <w:rsid w:val="00372194"/>
     <w:rsid w:val="0037651A"/>
     <w:rsid w:val="003A555F"/>
     <w:rsid w:val="003B398B"/>
     <w:rsid w:val="00421F53"/>
     <w:rsid w:val="00425E27"/>
     <w:rsid w:val="00434743"/>
     <w:rsid w:val="00446BAF"/>
     <w:rsid w:val="00453E44"/>
     <w:rsid w:val="00457D24"/>
     <w:rsid w:val="004812E5"/>
     <w:rsid w:val="004B0324"/>
     <w:rsid w:val="004E2075"/>
     <w:rsid w:val="004E45A2"/>
-    <w:rsid w:val="00507909"/>
     <w:rsid w:val="005105E2"/>
     <w:rsid w:val="0053616B"/>
     <w:rsid w:val="00577422"/>
     <w:rsid w:val="00577917"/>
     <w:rsid w:val="00580FDD"/>
     <w:rsid w:val="00587BAE"/>
     <w:rsid w:val="00591439"/>
     <w:rsid w:val="005B6478"/>
     <w:rsid w:val="005D15DB"/>
     <w:rsid w:val="00601BED"/>
     <w:rsid w:val="00605721"/>
     <w:rsid w:val="00613290"/>
     <w:rsid w:val="006721FC"/>
     <w:rsid w:val="0067759B"/>
     <w:rsid w:val="006E0EAF"/>
     <w:rsid w:val="006E55F2"/>
     <w:rsid w:val="00710F85"/>
     <w:rsid w:val="00770BB1"/>
     <w:rsid w:val="00770C42"/>
     <w:rsid w:val="00792ADD"/>
     <w:rsid w:val="007A7684"/>
     <w:rsid w:val="008208FB"/>
+    <w:rsid w:val="0082318D"/>
     <w:rsid w:val="00850670"/>
     <w:rsid w:val="008643C6"/>
     <w:rsid w:val="008A6FD5"/>
     <w:rsid w:val="008A7AFB"/>
     <w:rsid w:val="008C4140"/>
     <w:rsid w:val="008F1D44"/>
     <w:rsid w:val="00906B01"/>
     <w:rsid w:val="00940323"/>
     <w:rsid w:val="00943C95"/>
     <w:rsid w:val="009673EF"/>
     <w:rsid w:val="00982C0E"/>
     <w:rsid w:val="00987455"/>
     <w:rsid w:val="009A3C52"/>
     <w:rsid w:val="009C33B3"/>
     <w:rsid w:val="009E3969"/>
     <w:rsid w:val="009F1DDA"/>
     <w:rsid w:val="00A07A38"/>
     <w:rsid w:val="00A259A9"/>
     <w:rsid w:val="00A34C8F"/>
     <w:rsid w:val="00A561A3"/>
     <w:rsid w:val="00A7730F"/>
     <w:rsid w:val="00AD3CA1"/>
     <w:rsid w:val="00AE31E4"/>
     <w:rsid w:val="00AE6680"/>
     <w:rsid w:val="00B158F2"/>
     <w:rsid w:val="00B233FC"/>
     <w:rsid w:val="00B41558"/>
     <w:rsid w:val="00B6419D"/>
     <w:rsid w:val="00BA6179"/>
     <w:rsid w:val="00BC1B79"/>
     <w:rsid w:val="00BE269D"/>
     <w:rsid w:val="00BF5199"/>
     <w:rsid w:val="00C07964"/>
     <w:rsid w:val="00C11689"/>
     <w:rsid w:val="00C16732"/>
     <w:rsid w:val="00C45734"/>
     <w:rsid w:val="00C61362"/>
     <w:rsid w:val="00C7634F"/>
     <w:rsid w:val="00CB711D"/>
     <w:rsid w:val="00CE02D3"/>
     <w:rsid w:val="00CE0B7F"/>
+    <w:rsid w:val="00D039E0"/>
     <w:rsid w:val="00D05ED7"/>
     <w:rsid w:val="00D2790C"/>
     <w:rsid w:val="00D378D3"/>
     <w:rsid w:val="00D4567C"/>
-    <w:rsid w:val="00D6052B"/>
     <w:rsid w:val="00D7626B"/>
     <w:rsid w:val="00D774C3"/>
     <w:rsid w:val="00DD58C0"/>
     <w:rsid w:val="00DF2832"/>
     <w:rsid w:val="00E07BFA"/>
     <w:rsid w:val="00E26773"/>
     <w:rsid w:val="00E850C5"/>
     <w:rsid w:val="00EB69C4"/>
     <w:rsid w:val="00EC2EA2"/>
     <w:rsid w:val="00EC5BAB"/>
     <w:rsid w:val="00ED0F2C"/>
     <w:rsid w:val="00ED1FF3"/>
     <w:rsid w:val="00F164A5"/>
     <w:rsid w:val="00F3153C"/>
     <w:rsid w:val="00F36ED1"/>
     <w:rsid w:val="00F43EF0"/>
     <w:rsid w:val="00F463B9"/>
     <w:rsid w:val="00F66016"/>
     <w:rsid w:val="00FB3B3B"/>
     <w:rsid w:val="00FB423F"/>
     <w:rsid w:val="00FB6458"/>
     <w:rsid w:val="00FD2ECC"/>
     <w:rsid w:val="00FE3E3E"/>
   </w:rsids>
   <m:mathPr>
@@ -3961,50 +4244,51 @@
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F66016"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:wordWrap w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cstheme="minorBidi"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
@@ -4232,51 +4516,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1272281538">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 테마">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4540,65 +4824,65 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0095D019-6FB3-4177-8F1D-25486620F1DD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>86</Words>
-  <Characters>492</Characters>
+  <Characters>494</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>제목</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>577</CharactersWithSpaces>
+  <CharactersWithSpaces>579</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SMI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>